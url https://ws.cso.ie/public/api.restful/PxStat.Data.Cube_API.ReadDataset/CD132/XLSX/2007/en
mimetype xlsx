--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28049819675e4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20ffd77e1ec546068baf0b9ee9832042.psmdcp" Id="R9b35c3ac88c74e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c1e88bf282467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51cad0ed3733439295ae3b48cc5955d5.psmdcp" Id="Rf8757b51388e4c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD132</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD132/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,499 +598,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence One Year Previously" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L892" totalsRowShown="0">
   <x:autoFilter ref="A1:L892"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="County of Usual Residence One Year Previously"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1363,51 +1068,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD132/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1594,51 +1299,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L892"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="97.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35526,51 +35231,51 @@
       <x:c r="I892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K892" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L892" s="0">
         <x:v>2023</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35587,51 +35292,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L892" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD132"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="230"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="570"/>
         <x:s v="605"/>
@@ -36601,27 +36306,12502 @@
         <x:n v="1246"/>
         <x:n v="3441"/>
         <x:n v="3744"/>
         <x:n v="2544"/>
         <x:n v="4173"/>
         <x:n v="3464"/>
         <x:n v="3480"/>
         <x:n v="16006"/>
         <x:n v="5109"/>
         <x:n v="5500"/>
         <x:n v="7241"/>
         <x:n v="1230"/>
         <x:n v="5050"/>
         <x:n v="2505"/>
         <x:n v="2388"/>
         <x:n v="2356"/>
         <x:n v="5136"/>
         <x:n v="2023"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4400009"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53280"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201069"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202580"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92176"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78185"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38284"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119564"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178480"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74790"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83207"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141541"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132178"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112848"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499141"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138975"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184664"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155437"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110543"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236902"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30928"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126292"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61918"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62696"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70900"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154711"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58720"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180757"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584993"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100884"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46261"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39393"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19333"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59212"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89104"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37390"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41359"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70157"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65435"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56267"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247606"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69587"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92241"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77853"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54811"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118082"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15698"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63209"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31175"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31029"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35881"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77383"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29631"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219252"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26497"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616076"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101696"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45915"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38792"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18951"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60352"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89376"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37400"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41848"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71384"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66743"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56581"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251535"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69388"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92423"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77584"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55732"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118820"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63083"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30743"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31667"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35019"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77328"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29089"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895831"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11251"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222147"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47269"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19247"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18241"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26419"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42669"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16546"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17736"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30591"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28339"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24126"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27013"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35917"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31860"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22626"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47558"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25040"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12421"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15852"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33801"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12288"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458646"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5759"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113810"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24314"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9936"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13428"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21948"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9052"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14567"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12175"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51176"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18466"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16286"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11558"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24429"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12745"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17361"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437185"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108337"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22955"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9311"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9027"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12991"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20721"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8684"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14953"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13772"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11951"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48901"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13265"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11068"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23129"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12295"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16440"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275868"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69303"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11188"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9387"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31263"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7004"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8545"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141226"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35652"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15947"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7667"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134642"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33651"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15316"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4218"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275035"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83242"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12151"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7904"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6177"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31436"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7465"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15668"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137635"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40978"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5989"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15791"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137400"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42264"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6162"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4902"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15645"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6254"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7787"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341007"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115791"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15617"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8772"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12371"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9391"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37174"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14402"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10263"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18579"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164132"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55510"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5786"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17781"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176875"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60281"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6585"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4951"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19393"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3956"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381664"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122406"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18465"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9826"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15837"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10943"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8384"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42632"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10339"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15624"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11466"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8929"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20717"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8482"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11249"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188418"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9070"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21007"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4218"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193246"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62078"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8230"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21625"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7734"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680473"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186989"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34956"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14240"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12455"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19140"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31287"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11338"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21231"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17596"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77108"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27193"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23014"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16489"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36834"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17655"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8923"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10563"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22849"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8503"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340749"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92895"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17505"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7160"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9546"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15645"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10785"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10404"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8669"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38897"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10474"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13867"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18302"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8837"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339724"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94094"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7080"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15642"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10811"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38211"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13326"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8818"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5204"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11437"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568850"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6844"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148060"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26053"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12522"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9760"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15175"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22789"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18830"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18139"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15334"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65936"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19156"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23712"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20934"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14642"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30181"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17398"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19660"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282790"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71397"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7630"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11591"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8966"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7727"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33124"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9617"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10697"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15042"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9702"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286060"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76663"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13041"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9437"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9173"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32812"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10237"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15139"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8727"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453928"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115644"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18893"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11644"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16377"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12748"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52026"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16635"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20214"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17522"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24220"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15420"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7458"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16880"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227617"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55611"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5133"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8318"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6464"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26241"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10214"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12272"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8012"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226311"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60033"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25785"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8248"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299032"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77140"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10233"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9013"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34754"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11313"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13513"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15741"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10244"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11832"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146996"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35918"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16913"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6613"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5250"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152036"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17841"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228321"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60347"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5598"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26735"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8701"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12446"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8720"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92548"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22894"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10729"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135773"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37453"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7241"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="CD132"/>
+    <s v="Population Aged One Year and Over  whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+</pivotCacheRecords>
 </file>