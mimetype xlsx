--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c1e88bf282467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51cad0ed3733439295ae3b48cc5955d5.psmdcp" Id="Rf8757b51388e4c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a1851bb44a4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd2a9796fb3944778fca562efd0a3ae0.psmdcp" Id="R8c1fccc850c84877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>