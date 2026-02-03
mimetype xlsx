--- v0 (2025-10-04)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ad45d7b0714f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ff1faf7fe134e4dbddc9371018e5113.psmdcp" Id="R05e5ff1507b04437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933e966933d94352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0401f14b9e94bf7975f9902738f5550.psmdcp" Id="R95e1f5c52f514140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD118</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population and Representatives Assigned to Each Local Electoral Area</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD118/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1396,1531 +1396,450 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1479 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02754V03323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="171">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+      </items>
+    </pivotField>
+    <pivotField name="Local Electoral Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="171">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H685" totalsRowShown="0">
   <x:autoFilter ref="A1:H685"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02754V03323"/>
     <x:tableColumn id="2" name="Local Electoral Area"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3189,51 +2108,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD118/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3420,51 +2339,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -21262,51 +20181,51 @@
       <x:c r="E685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21323,51 +20242,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02754V03323">
       <x:sharedItems count="171">
         <x:s v="001"/>
         <x:s v="X01"/>
         <x:s v="X02"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="X03"/>
         <x:s v="X04"/>
         <x:s v="X05"/>
         <x:s v="009"/>
         <x:s v="010"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="014"/>
         <x:s v="X06"/>
         <x:s v="017"/>
         <x:s v="018"/>
         <x:s v="030"/>
         <x:s v="031"/>
         <x:s v="032"/>
         <x:s v="033"/>
         <x:s v="X07"/>
@@ -22229,27 +21148,6868 @@
         <x:n v="20470"/>
         <x:n v="41697"/>
         <x:n v="20614"/>
         <x:n v="21083"/>
         <x:n v="26133"/>
         <x:n v="13120"/>
         <x:n v="13013"/>
         <x:n v="15406"/>
         <x:n v="7783"/>
         <x:n v="7623"/>
         <x:n v="12730"/>
         <x:n v="6458"/>
         <x:n v="6272"/>
         <x:n v="5763"/>
         <x:n v="5563"/>
         <x:n v="21021"/>
         <x:n v="10437"/>
         <x:n v="10584"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10783"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5304"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X01"/>
+    <s v="Carlow East, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="X01"/>
+    <s v="Carlow East, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="X01"/>
+    <s v="Carlow East, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="X01"/>
+    <s v="Carlow East, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X02"/>
+    <s v="Carlow West, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14173"/>
+  </r>
+  <r>
+    <s v="X02"/>
+    <s v="Carlow West, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7008"/>
+  </r>
+  <r>
+    <s v="X02"/>
+    <s v="Carlow West, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="X02"/>
+    <s v="Carlow West, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X03"/>
+    <s v="Artane-Whitehall, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46773"/>
+  </r>
+  <r>
+    <s v="X03"/>
+    <s v="Artane-Whitehall, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22337"/>
+  </r>
+  <r>
+    <s v="X03"/>
+    <s v="Artane-Whitehall, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24436"/>
+  </r>
+  <r>
+    <s v="X03"/>
+    <s v="Artane-Whitehall, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X04"/>
+    <s v="Ballyfermot-Drimnagh, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38602"/>
+  </r>
+  <r>
+    <s v="X04"/>
+    <s v="Ballyfermot-Drimnagh, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="X04"/>
+    <s v="Ballyfermot-Drimnagh, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="X04"/>
+    <s v="Ballyfermot-Drimnagh, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X05"/>
+    <s v="Ballymun-Finglas, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="X05"/>
+    <s v="Ballymun-Finglas, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="24923"/>
+  </r>
+  <r>
+    <s v="X05"/>
+    <s v="Ballymun-Finglas, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="27130"/>
+  </r>
+  <r>
+    <s v="X05"/>
+    <s v="Ballymun-Finglas, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46483"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22208"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24275"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="48857"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23197"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="25660"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39335"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18769"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20566"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="44951"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21678"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23273"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="67309"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="34794"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="32515"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X06"/>
+    <s v="Pembroke-Rathmines, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="60622"/>
+  </r>
+  <r>
+    <s v="X06"/>
+    <s v="Pembroke-Rathmines, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28891"/>
+  </r>
+  <r>
+    <s v="X06"/>
+    <s v="Pembroke-Rathmines, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="31731"/>
+  </r>
+  <r>
+    <s v="X06"/>
+    <s v="Pembroke-Rathmines, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43211"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21790"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21421"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39416"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19515"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19901"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33187"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17171"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30990"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14577"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16413"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18134"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19609"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="40852"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X07"/>
+    <s v="Glencullen-Sandyford,Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36465"/>
+  </r>
+  <r>
+    <s v="X07"/>
+    <s v="Glencullen-Sandyford,Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17828"/>
+  </r>
+  <r>
+    <s v="X07"/>
+    <s v="Glencullen-Sandyford,Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18637"/>
+  </r>
+  <r>
+    <s v="X07"/>
+    <s v="Glencullen-Sandyford,Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27024"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12756"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14268"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="57427"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28174"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="29253"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22425"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23185"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X08"/>
+    <s v="Howth-Malahide, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="54949"/>
+  </r>
+  <r>
+    <s v="X08"/>
+    <s v="Howth-Malahide, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="26738"/>
+  </r>
+  <r>
+    <s v="X08"/>
+    <s v="Howth-Malahide, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="X08"/>
+    <s v="Howth-Malahide, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="55422"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="27175"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28247"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="60583"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="29976"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30607"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="27604"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28734"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="54101"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="26552"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="27549"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39311"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18964"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20347"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="60450"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="29610"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30840"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="55005"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="26814"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28191"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31359"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15680"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15679"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="51953"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="25818"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26135"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33650"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16859"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16791"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="53061"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="26287"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26774"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="40289"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20014"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20275"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17004"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8374"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13566"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6649"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26681"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13023"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13658"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22839"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11553"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15329"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7665"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17341"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8653"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13558"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6858"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5487"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24889"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12814"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12075"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13401"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6817"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23941"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12080"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11861"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27661"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14002"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18213"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24589"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12120"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12469"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28493"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13962"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14531"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46822"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23400"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23422"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28608"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14324"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43316"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21564"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21752"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38164"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19073"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27225"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13531"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13694"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13820"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7047"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10953"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14317"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7084"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26503"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13056"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13447"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23739"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11865"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14475"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7571"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7850"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17954"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9189"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33822"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16906"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16916"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="35784"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17759"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18025"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28074"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13970"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14104"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="47640"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23274"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24366"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14179"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14240"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18098"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9092"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9006"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="35841"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17393"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18448"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24846"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29436"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14702"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14734"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X10"/>
+    <s v="Ennis East, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18731"/>
+  </r>
+  <r>
+    <s v="X10"/>
+    <s v="Ennis East, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9064"/>
+  </r>
+  <r>
+    <s v="X10"/>
+    <s v="Ennis East, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9667"/>
+  </r>
+  <r>
+    <s v="X10"/>
+    <s v="Ennis East, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X11"/>
+    <s v="Ennis West, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14279"/>
+  </r>
+  <r>
+    <s v="X11"/>
+    <s v="Ennis West, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="X11"/>
+    <s v="Ennis West, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="X11"/>
+    <s v="Ennis West, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17714"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8811"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24071"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12064"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12007"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19820"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10065"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22581"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11255"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20316"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14317"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7214"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15274"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7471"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7803"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20684"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10509"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26750"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12835"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13915"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21889"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11442"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30499"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15139"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15360"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21568"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10691"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46808"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23198"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23610"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="65936"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="32170"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="33766"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28779"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14401"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14378"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28404"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14342"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14062"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46042"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22901"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23141"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32348"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16146"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16202"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="64456"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31924"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="32532"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="34962"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17402"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16133"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8018"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36761"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18339"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18422"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25077"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12446"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28885"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14536"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14349"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38646"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19008"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X12"/>
+    <s v="Limerick City East, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13024"/>
+  </r>
+  <r>
+    <s v="X12"/>
+    <s v="Limerick City East, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="X12"/>
+    <s v="Limerick City East, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="X12"/>
+    <s v="Limerick City East, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X13"/>
+    <s v="Limerick City North, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="X13"/>
+    <s v="Limerick City North, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9212"/>
+  </r>
+  <r>
+    <s v="X13"/>
+    <s v="Limerick City North, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10010"/>
+  </r>
+  <r>
+    <s v="X13"/>
+    <s v="Limerick City North, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X14"/>
+    <s v="Limerick City South, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24860"/>
+  </r>
+  <r>
+    <s v="X14"/>
+    <s v="Limerick City South, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12470"/>
+  </r>
+  <r>
+    <s v="X14"/>
+    <s v="Limerick City South, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="X14"/>
+    <s v="Limerick City South, Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X15"/>
+    <s v="Adare, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33543"/>
+  </r>
+  <r>
+    <s v="X15"/>
+    <s v="Adare, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16501"/>
+  </r>
+  <r>
+    <s v="X15"/>
+    <s v="Adare, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17042"/>
+  </r>
+  <r>
+    <s v="X15"/>
+    <s v="Adare, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="35762"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17539"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23282"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11847"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11435"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18158"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8916"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20298"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10258"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X16"/>
+    <s v="Newport, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17563"/>
+  </r>
+  <r>
+    <s v="X16"/>
+    <s v="Newport, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="X16"/>
+    <s v="Newport, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8642"/>
+  </r>
+  <r>
+    <s v="X16"/>
+    <s v="Newport, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15444"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7566"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17017"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13484"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13522"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24692"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12119"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12573"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19001"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9411"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17733"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X17"/>
+    <s v="Waterford City East, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18396"/>
+  </r>
+  <r>
+    <s v="X17"/>
+    <s v="Waterford City East, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8974"/>
+  </r>
+  <r>
+    <s v="X17"/>
+    <s v="Waterford City East, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="X17"/>
+    <s v="Waterford City East, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X18"/>
+    <s v="Waterford City North, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11900"/>
+  </r>
+  <r>
+    <s v="X18"/>
+    <s v="Waterford City North, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="X18"/>
+    <s v="Waterford City North, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="X18"/>
+    <s v="Waterford City North, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X19"/>
+    <s v="Waterford City South, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16436"/>
+  </r>
+  <r>
+    <s v="X19"/>
+    <s v="Waterford City South, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="X19"/>
+    <s v="Waterford City South, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="X19"/>
+    <s v="Waterford City South, Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X20"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16757"/>
+  </r>
+  <r>
+    <s v="X20"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="X20"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8242"/>
+  </r>
+  <r>
+    <s v="X20"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18400"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9247"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11587"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20319"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10323"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X21"/>
+    <s v="Galway City Central, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18652"/>
+  </r>
+  <r>
+    <s v="X21"/>
+    <s v="Galway City Central, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="X21"/>
+    <s v="Galway City Central, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9462"/>
+  </r>
+  <r>
+    <s v="X21"/>
+    <s v="Galway City Central, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X22"/>
+    <s v="Galway City East, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30688"/>
+  </r>
+  <r>
+    <s v="X22"/>
+    <s v="Galway City East, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="X22"/>
+    <s v="Galway City East, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15659"/>
+  </r>
+  <r>
+    <s v="X22"/>
+    <s v="Galway City East, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X23"/>
+    <s v="Galway City West, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26189"/>
+  </r>
+  <r>
+    <s v="X23"/>
+    <s v="Galway City West, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12295"/>
+  </r>
+  <r>
+    <s v="X23"/>
+    <s v="Galway City West, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13894"/>
+  </r>
+  <r>
+    <s v="X23"/>
+    <s v="Galway City West, Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27625"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13941"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13684"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39238"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19759"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19479"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43328"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21680"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21648"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25801"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13140"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12661"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39132"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19724"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19408"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9895"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24021"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12058"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11963"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15442"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7555"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29665"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14636"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27553"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13818"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13735"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17065"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8489"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16892"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15681"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7829"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10062"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15985"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12640"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9697"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11125"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15514"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17853"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8658"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9195"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5072"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9927"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19012"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9637"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6914"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21259"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10724"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26863"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13407"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13456"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25317"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12725"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12592"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="41127"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20657"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20470"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="41697"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21083"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26133"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13120"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13013"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15406"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7783"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7623"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12730"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6458"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21021"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10584"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD118C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+</pivotCacheRecords>
 </file>