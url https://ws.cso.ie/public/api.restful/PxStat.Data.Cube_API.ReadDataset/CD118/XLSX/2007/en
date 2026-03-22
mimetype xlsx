--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933e966933d94352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0401f14b9e94bf7975f9902738f5550.psmdcp" Id="R95e1f5c52f514140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200cca23c1444bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b917563f706497e9acc883261a25620.psmdcp" Id="R7cdaec5cfa5c4d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>