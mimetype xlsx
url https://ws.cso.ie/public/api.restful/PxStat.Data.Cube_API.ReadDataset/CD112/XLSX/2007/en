--- v0 (2025-10-04)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc37f191bd0432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11634b5195fc4f4daa473ad35d6d5d1d.psmdcp" Id="Rc1d0f419b9c84790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d4b0208bb34889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/069e87f0fe8b4cac8b7784b168182055.psmdcp" Id="Rf9698c1ec259444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD112</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population in the Aggregate Town Areas and Aggregate Rural Areas</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD112/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,547 +652,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1463,51 +1126,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD112/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1694,51 +1357,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14432,51 +14095,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14493,51 +14156,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -14991,27 +14654,4780 @@
         <x:n v="8501"/>
         <x:n v="23211"/>
         <x:n v="26.8"/>
         <x:n v="12662"/>
         <x:n v="20296"/>
         <x:n v="38.4"/>
         <x:n v="43277"/>
         <x:n v="103549"/>
         <x:n v="29.5"/>
         <x:n v="11194"/>
         <x:n v="24976"/>
         <x:n v="30.9"/>
         <x:n v="22893"/>
         <x:n v="57721"/>
         <x:n v="28.4"/>
         <x:n v="9190"/>
         <x:n v="20852"/>
         <x:n v="30.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="2846882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1741370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1903976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="600838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="27893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1244528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="28541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="204354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="252833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="259729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="142171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="60090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="38181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="79117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="105018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="79117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="55611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="89709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="88945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="661546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="584542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="70815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="323762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="195270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="204532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="195270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="94023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="103399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="88410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="57106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="88410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="28464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="41858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="37414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="51018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="70647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="197280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="345267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="115075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="135578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="135578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="28484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="37895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="92743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="16662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="41059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="84080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="210723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="51149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="44274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="116863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1389160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="883539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="929241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="304111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="605495"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14407"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="97673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="123778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="126741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="70166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="34492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="30600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="40122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="16444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26981"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24229"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="323584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="296676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="158621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="98849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="99809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="98849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="50791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="27947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22844"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="25938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="34603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="95532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="175578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="55804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="40803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="107174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="10840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21381"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="59142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1457722"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="857831"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="974735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="296727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="639033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="106681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="129055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="132988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="72005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="33649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="29490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="40414"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="53230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="38995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="28630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="45632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="337962"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="287866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23861"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="165141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="96421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="104723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="96421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="46273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="52608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="14600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="25080"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="36044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23811"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="101748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="169689"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="59271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="66624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="66624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12662"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="103549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22893"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C1"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C2"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD112C3"/>
+    <s v="Population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+</pivotCacheRecords>
 </file>