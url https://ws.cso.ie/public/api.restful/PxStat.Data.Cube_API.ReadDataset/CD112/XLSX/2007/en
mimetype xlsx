--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d4b0208bb34889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/069e87f0fe8b4cac8b7784b168182055.psmdcp" Id="Rf9698c1ec259444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974627e4295a475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9476a21142542faba3caa4c6d6012aa.psmdcp" Id="R27aaa6f108394266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>