--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974627e4295a475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9476a21142542faba3caa4c6d6012aa.psmdcp" Id="R27aaa6f108394266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3c4b577c554d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1e167d934424ae98c122535a8b67079.psmdcp" Id="Ra0b765adf6374a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>