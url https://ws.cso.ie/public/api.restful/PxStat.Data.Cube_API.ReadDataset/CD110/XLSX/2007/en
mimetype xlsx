--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a21b72db1a440f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d40cf418b4f4bd6a67f14e4e8539c24.psmdcp" Id="Re957efc18b904138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291e5c2d5994319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e83586004ac6453e9da01222813f8ed6.psmdcp" Id="R7a1fd5b87bcd41e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>