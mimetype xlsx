--- v1 (2025-11-16)
+++ v2 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291e5c2d5994319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e83586004ac6453e9da01222813f8ed6.psmdcp" Id="R7a1fd5b87bcd41e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f80cf979514ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7999ca423f74318a19414cdc0309594.psmdcp" Id="R7d286c80809d48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD110</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD110/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -294,50 +294,53 @@
     <x:t>Scotland</x:t>
   </x:si>
   <x:si>
     <x:t>AT</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>BE</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>DK</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>FI</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>FR</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>DE</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>GR</x:t>
   </x:si>
   <x:si>
     <x:t>Greece</x:t>
   </x:si>
   <x:si>
     <x:t>IT</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
@@ -652,571 +655,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="43">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="43">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02700V03268" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Communal Establishment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L517" totalsRowShown="0">
   <x:autoFilter ref="A1:L517"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02719V03286"/>
     <x:tableColumn id="4" name="Usual Residence"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02700V03268"/>
     <x:tableColumn id="8" name="Type of Communal Establishment"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1489,51 +1143,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD110/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1720,51 +1374,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L517"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -7554,50 +7208,53 @@
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L153" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="154" spans="1:12">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>54</x:v>
@@ -7715,13705 +7372,13735 @@
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L157" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L158" s="0">
         <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L159" s="0">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L160" s="0">
         <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L161" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L162" s="0">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L163" s="0">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L164" s="0">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L165" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L166" s="0">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L167" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L168" s="0">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L169" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L170" s="0">
         <x:v>1628</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L171" s="0">
         <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L172" s="0">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L173" s="0">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L174" s="0">
         <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L175" s="0">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L176" s="0">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L177" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L178" s="0">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L179" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L180" s="0">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L182" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L183" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L184" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L185" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L186" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L187" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L188" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L189" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:12">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L190" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L191" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L192" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L194" s="0">
         <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L195" s="0">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L204" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L209" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L210" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L212" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L229" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L234" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L237" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L238" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L239" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L255" s="0">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L256" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L257" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L264" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L273" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L282" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L283" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L284" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L285" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L287" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L288" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L290" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L291" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L292" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L293" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L294" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L296" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L297" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L299" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L300" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L301" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="302" spans="1:12">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L302" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L303" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L304" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L305" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L306" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L307" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L308" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L309" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L311" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L314" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L315" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L317" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L318" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L320" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L321" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L322" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L323" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L324" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L326" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L327" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L328" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L329" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L330" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L332" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L333" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L334" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L335" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L336" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L338" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L339" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L340" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L341" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L342" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L343" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L344" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L345" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L346" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L347" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L348" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L349" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L350" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L351" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L354" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L355" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L356" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L357" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L359" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L360" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L369" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L399" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L400" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L408" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L409" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L414" s="0">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L434" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L435" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L436" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L437" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L438" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L439" s="0">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L440" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L441" s="0">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L442" s="0">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L443" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L444" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L445" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L446" s="0">
         <x:v>5103</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L447" s="0">
         <x:v>3837</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L448" s="0">
         <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L449" s="0">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L450" s="0">
         <x:v>2344</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>1823</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L452" s="0">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L453" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L454" s="0">
         <x:v>2759</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L455" s="0">
         <x:v>2014</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L456" s="0">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L457" s="0">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L458" s="0">
         <x:v>4434</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L459" s="0">
         <x:v>3482</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L460" s="0">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L461" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L462" s="0">
         <x:v>2038</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L463" s="0">
         <x:v>1636</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L464" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L465" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L466" s="0">
         <x:v>2396</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L467" s="0">
         <x:v>1846</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L468" s="0">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L470" s="0">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L471" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L472" s="0">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L473" s="0">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L474" s="0">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L475" s="0">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L476" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L477" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L478" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L479" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L480" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L482" s="0">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L483" s="0">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L484" s="0">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L485" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L486" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L488" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L489" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L490" s="0">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L491" s="0">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L492" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L493" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L494" s="0">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L495" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L496" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L497" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L498" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L499" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L500" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L501" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L502" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L503" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L504" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>109897</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L507" s="0">
         <x:v>33936</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>7500</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L509" s="0">
         <x:v>68461</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>52983</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>16803</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L512" s="0">
         <x:v>3655</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>32525</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>56914</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L515" s="0">
         <x:v>17133</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L516" s="0">
         <x:v>3845</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L517" s="0">
         <x:v>35936</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21430,51 +21117,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L517" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD110"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02719V03286">
       <x:sharedItems count="43">
         <x:s v="IE"/>
         <x:s v="IE01"/>
         <x:s v="IE02"/>
         <x:s v="IE05"/>
         <x:s v="ZZWORA"/>
         <x:s v="ZZEUBQ1"/>
         <x:s v="XI"/>
         <x:s v="XEXW"/>
         <x:s v="XS"/>
         <x:s v="AT"/>
         <x:s v="BE"/>
@@ -21886,27 +21573,7252 @@
         <x:n v="444"/>
         <x:n v="312"/>
         <x:n v="210"/>
         <x:n v="147"/>
         <x:n v="102"/>
         <x:n v="27"/>
         <x:n v="109897"/>
         <x:n v="33936"/>
         <x:n v="7500"/>
         <x:n v="68461"/>
         <x:n v="52983"/>
         <x:n v="16803"/>
         <x:n v="3655"/>
         <x:n v="32525"/>
         <x:n v="56914"/>
         <x:n v="17133"/>
         <x:n v="3845"/>
         <x:n v="35936"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86660"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17517"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66664"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41155"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31474"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45505"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35190"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54983"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47602"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25290"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21236"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29693"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE01"/>
+    <s v="Ireland - county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26366"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10485"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE02"/>
+    <s v="Ireland - county other than county of enumeration"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11877"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IE05"/>
+    <s v="Ireland - elsewhere in county"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23237"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16419"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11828"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7908"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15582"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10897"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7478"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZAZP"/>
+    <s v="Other America (2)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109897"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33936"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7500"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68461"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52983"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16803"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32525"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56914"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17133"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD110"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35936"/>
+  </r>
+</pivotCacheRecords>
 </file>