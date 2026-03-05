--- v2 (2026-01-15)
+++ v3 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f80cf979514ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7999ca423f74318a19414cdc0309594.psmdcp" Id="R7d286c80809d48cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7933f6e1748a43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8dbc621661f4399bf80e22f70ab7a26.psmdcp" Id="Rd139abbc018e4c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>