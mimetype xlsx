--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f118bac40204c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/308baa3fe2534defabdbbea23b8867bd.psmdcp" Id="R9227dce3748b4037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d538d9d5a994eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15443df8d1a54a9bb722b3fbe15e4822.psmdcp" Id="Rcf55257a5df8418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>