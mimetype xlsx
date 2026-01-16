--- v1 (2025-11-19)
+++ v2 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d538d9d5a994eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15443df8d1a54a9bb722b3fbe15e4822.psmdcp" Id="Rcf55257a5df8418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6702d6d4f745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6b90e110ca049dab71ba05fcdb99097.psmdcp" Id="R801532e942974c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD109</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD109/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -850,819 +850,278 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...767 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02799V03368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="80">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+      </items>
+    </pivotField>
+    <pivotField name="Legal Town and Environs" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="80">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J241" totalsRowShown="0">
   <x:autoFilter ref="A1:J241"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02799V03368"/>
     <x:tableColumn id="6" name="Legal Town and Environs"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1933,51 +1392,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD109/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2164,51 +1623,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9910,51 +9369,51 @@
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>3911</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9971,51 +9430,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD109"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -10428,27 +9887,2908 @@
         <x:n v="4162"/>
         <x:n v="2942"/>
         <x:n v="9796"/>
         <x:n v="4863"/>
         <x:n v="1420"/>
         <x:n v="10134"/>
         <x:n v="1061"/>
         <x:n v="4083"/>
         <x:n v="2666"/>
         <x:n v="12219"/>
         <x:n v="5276"/>
         <x:n v="4176"/>
         <x:n v="4279"/>
         <x:n v="7437"/>
         <x:n v="3167"/>
         <x:n v="10345"/>
         <x:n v="5265"/>
         <x:n v="3911"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102800"/>
+    <s v="Ardee Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103600"/>
+    <s v="Arklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13009"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Athlone Legal Town and Environs, Westmeath and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20153"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105000"/>
+    <s v="Athy Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9926"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="106000"/>
+    <s v="Balbriggan Legal Town and Environs, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19960"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="106500"/>
+    <s v="Ballina Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11086"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="107400"/>
+    <s v="Ballinasloe Legal Town and Environs, Galway and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6659"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="109100"/>
+    <s v="Ballybay Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="113800"/>
+    <s v="Ballyshannon Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="114900"/>
+    <s v="Bandon Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="115500"/>
+    <s v="Bantry Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="116800"/>
+    <s v="Belturbet Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="117300"/>
+    <s v="Birr Legal Town and Environs, Offaly and North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5822"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="118500"/>
+    <s v="Boyle Legal Town and Environs, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="118900"/>
+    <s v="Bray Legal Town and Environs, Dublin and Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31872"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Buncrana Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6839"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Bundoran Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="122700"/>
+    <s v="Carlow Legal Town and Environs, Carlow and Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23030"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="123600"/>
+    <s v="Carrickmacross Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="124000"/>
+    <s v="Carrick-on-Suir Legal Town and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="125000"/>
+    <s v="Cashel Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="125300"/>
+    <s v="Castlebar Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12318"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="125700"/>
+    <s v="Castleblayney Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="127700"/>
+    <s v="Cavan Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10205"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="128000"/>
+    <s v="Ceannanus Mór (Kells), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="130400"/>
+    <s v="Clonakilty Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131200"/>
+    <s v="Clones Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131800"/>
+    <s v="Clonmel Borough and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17908"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133100"/>
+    <s v="Cobh Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12347"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134500"/>
+    <s v="Cootehill Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="138200"/>
+    <s v="Drogheda Borough and Environs, Louth and Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38578"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="138500"/>
+    <s v="Droichead Nua (Newbridge), Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21561"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="140900"/>
+    <s v="Dundalk Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37816"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141400"/>
+    <s v="Dungarvan Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142800"/>
+    <s v="Edenderry Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="143700"/>
+    <s v="Ennis Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25360"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="144000"/>
+    <s v="Enniscorthy Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="145500"/>
+    <s v="Fermoy Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="149100"/>
+    <s v="Gorey Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9114"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="150100"/>
+    <s v="Granard Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="150700"/>
+    <s v="Greystones Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17468"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="155200"/>
+    <s v="Kilkee Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="155600"/>
+    <s v="Kilkenny Borough and Environs, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24423"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="156400"/>
+    <s v="Killarney Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14219"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159500"/>
+    <s v="Kilrush Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="160700"/>
+    <s v="Kinsale Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="163000"/>
+    <s v="Leixlip Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15452"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="163400"/>
+    <s v="Letterkenny Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19588"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="164400"/>
+    <s v="Lismore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="164700"/>
+    <s v="Listowel Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="165300"/>
+    <s v="Longford Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9601"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="165900"/>
+    <s v="Loughrea Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5062"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="166700"/>
+    <s v="Macroom Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="167400"/>
+    <s v="Mallow Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11605"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="168200"/>
+    <s v="Midleton Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="169600"/>
+    <s v="Monaghan Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7452"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171000"/>
+    <s v="Mountmellick Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171900"/>
+    <s v="Muinebeag (Bagenalstown), Legal Town and Environs, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172600"/>
+    <s v="Mullingar Legal Town and Environs, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20103"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="173300"/>
+    <s v="Naas Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="173800"/>
+    <s v="Navan (An Uaimh), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28559"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="174100"/>
+    <s v="Nenagh Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="175500"/>
+    <s v="New Ross Legal Town and Environs, Kilkenny and Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="177900"/>
+    <s v="Passage West Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5790"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="178900"/>
+    <s v="Portlaoise (Maryborough), Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="185000"/>
+    <s v="Shannon Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9673"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="186100"/>
+    <s v="Skibbereen Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="186600"/>
+    <s v="Sligo Borough and Environs, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19452"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="189000"/>
+    <s v="Templemore Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="189600"/>
+    <s v="Thurles Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="190500"/>
+    <s v="Tipperary Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191000"/>
+    <s v="Tralee Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23693"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191300"/>
+    <s v="Tramore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10328"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191600"/>
+    <s v="Trim Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191900"/>
+    <s v="Tuam Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8242"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192500"/>
+    <s v="Tullamore Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14361"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="194100"/>
+    <s v="Westport Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="194400"/>
+    <s v="Wexford Borough and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20072"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="195100"/>
+    <s v="Wicklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="195500"/>
+    <s v="Youghal Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102800"/>
+    <s v="Ardee Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103600"/>
+    <s v="Arklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Athlone Legal Town and Environs, Westmeath and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105000"/>
+    <s v="Athy Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="106000"/>
+    <s v="Balbriggan Legal Town and Environs, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="106500"/>
+    <s v="Ballina Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="107400"/>
+    <s v="Ballinasloe Legal Town and Environs, Galway and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="109100"/>
+    <s v="Ballybay Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="113800"/>
+    <s v="Ballyshannon Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="114900"/>
+    <s v="Bandon Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="115500"/>
+    <s v="Bantry Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="116800"/>
+    <s v="Belturbet Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="117300"/>
+    <s v="Birr Legal Town and Environs, Offaly and North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="118500"/>
+    <s v="Boyle Legal Town and Environs, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="118900"/>
+    <s v="Bray Legal Town and Environs, Dublin and Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15444"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Buncrana Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Bundoran Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="122700"/>
+    <s v="Carlow Legal Town and Environs, Carlow and Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11317"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="123600"/>
+    <s v="Carrickmacross Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="124000"/>
+    <s v="Carrick-on-Suir Legal Town and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="125000"/>
+    <s v="Cashel Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="125300"/>
+    <s v="Castlebar Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="125700"/>
+    <s v="Castleblayney Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="127700"/>
+    <s v="Cavan Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="128000"/>
+    <s v="Ceannanus Mór (Kells), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130400"/>
+    <s v="Clonakilty Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131200"/>
+    <s v="Clones Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131800"/>
+    <s v="Clonmel Borough and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133100"/>
+    <s v="Cobh Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134500"/>
+    <s v="Cootehill Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="138200"/>
+    <s v="Drogheda Borough and Environs, Louth and Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18854"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="138500"/>
+    <s v="Droichead Nua (Newbridge), Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140900"/>
+    <s v="Dundalk Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141400"/>
+    <s v="Dungarvan Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142800"/>
+    <s v="Edenderry Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="143700"/>
+    <s v="Ennis Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12174"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="144000"/>
+    <s v="Enniscorthy Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="145500"/>
+    <s v="Fermoy Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="149100"/>
+    <s v="Gorey Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150100"/>
+    <s v="Granard Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150700"/>
+    <s v="Greystones Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8482"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="155200"/>
+    <s v="Kilkee Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="155600"/>
+    <s v="Kilkenny Borough and Environs, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11901"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="156400"/>
+    <s v="Killarney Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159500"/>
+    <s v="Kilrush Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160700"/>
+    <s v="Kinsale Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="163000"/>
+    <s v="Leixlip Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="163400"/>
+    <s v="Letterkenny Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="164400"/>
+    <s v="Lismore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="164700"/>
+    <s v="Listowel Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="165300"/>
+    <s v="Longford Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="165900"/>
+    <s v="Loughrea Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="166700"/>
+    <s v="Macroom Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="167400"/>
+    <s v="Mallow Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="168200"/>
+    <s v="Midleton Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="169600"/>
+    <s v="Monaghan Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171000"/>
+    <s v="Mountmellick Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171900"/>
+    <s v="Muinebeag (Bagenalstown), Legal Town and Environs, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172600"/>
+    <s v="Mullingar Legal Town and Environs, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="173300"/>
+    <s v="Naas Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="173800"/>
+    <s v="Navan (An Uaimh), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="174100"/>
+    <s v="Nenagh Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="175500"/>
+    <s v="New Ross Legal Town and Environs, Kilkenny and Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="177900"/>
+    <s v="Passage West Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="178900"/>
+    <s v="Portlaoise (Maryborough), Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10349"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="185000"/>
+    <s v="Shannon Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="186100"/>
+    <s v="Skibbereen Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="186600"/>
+    <s v="Sligo Borough and Environs, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="189000"/>
+    <s v="Templemore Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="189600"/>
+    <s v="Thurles Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190500"/>
+    <s v="Tipperary Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191000"/>
+    <s v="Tralee Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11474"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191300"/>
+    <s v="Tramore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191600"/>
+    <s v="Trim Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191900"/>
+    <s v="Tuam Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192500"/>
+    <s v="Tullamore Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="194100"/>
+    <s v="Westport Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="194400"/>
+    <s v="Wexford Borough and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9727"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="195100"/>
+    <s v="Wicklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="195500"/>
+    <s v="Youghal Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102800"/>
+    <s v="Ardee Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103600"/>
+    <s v="Arklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Athlone Legal Town and Environs, Westmeath and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10192"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105000"/>
+    <s v="Athy Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="106000"/>
+    <s v="Balbriggan Legal Town and Environs, Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10240"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="106500"/>
+    <s v="Ballina Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="107400"/>
+    <s v="Ballinasloe Legal Town and Environs, Galway and Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="109100"/>
+    <s v="Ballybay Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="113800"/>
+    <s v="Ballyshannon Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="114900"/>
+    <s v="Bandon Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="115500"/>
+    <s v="Bantry Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="116800"/>
+    <s v="Belturbet Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="117300"/>
+    <s v="Birr Legal Town and Environs, Offaly and North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="118500"/>
+    <s v="Boyle Legal Town and Environs, Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="118900"/>
+    <s v="Bray Legal Town and Environs, Dublin and Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Buncrana Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Bundoran Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="122700"/>
+    <s v="Carlow Legal Town and Environs, Carlow and Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11713"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="123600"/>
+    <s v="Carrickmacross Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="124000"/>
+    <s v="Carrick-on-Suir Legal Town and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="125000"/>
+    <s v="Cashel Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="125300"/>
+    <s v="Castlebar Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="125700"/>
+    <s v="Castleblayney Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="127700"/>
+    <s v="Cavan Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="128000"/>
+    <s v="Ceannanus Mór (Kells), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130400"/>
+    <s v="Clonakilty Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131200"/>
+    <s v="Clones Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131800"/>
+    <s v="Clonmel Borough and Environs, South Tipperary and Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133100"/>
+    <s v="Cobh Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134500"/>
+    <s v="Cootehill Legal Town and Environs, Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="138200"/>
+    <s v="Drogheda Borough and Environs, Louth and Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19724"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="138500"/>
+    <s v="Droichead Nua (Newbridge), Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140900"/>
+    <s v="Dundalk Legal Town and Environs, Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19360"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141400"/>
+    <s v="Dungarvan Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142800"/>
+    <s v="Edenderry Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="143700"/>
+    <s v="Ennis Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="144000"/>
+    <s v="Enniscorthy Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="145500"/>
+    <s v="Fermoy Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="149100"/>
+    <s v="Gorey Legal Town and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150100"/>
+    <s v="Granard Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150700"/>
+    <s v="Greystones Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="155200"/>
+    <s v="Kilkee Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="155600"/>
+    <s v="Kilkenny Borough and Environs, Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12522"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="156400"/>
+    <s v="Killarney Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159500"/>
+    <s v="Kilrush Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160700"/>
+    <s v="Kinsale Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="163000"/>
+    <s v="Leixlip Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7786"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="163400"/>
+    <s v="Letterkenny Legal Town and Environs, Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10131"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="164400"/>
+    <s v="Lismore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="164700"/>
+    <s v="Listowel Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="165300"/>
+    <s v="Longford Legal Town and Environs, Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="165900"/>
+    <s v="Loughrea Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="166700"/>
+    <s v="Macroom Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="167400"/>
+    <s v="Mallow Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="168200"/>
+    <s v="Midleton Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="169600"/>
+    <s v="Monaghan Legal Town and Environs, Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171000"/>
+    <s v="Mountmellick Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171900"/>
+    <s v="Muinebeag (Bagenalstown), Legal Town and Environs, Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172600"/>
+    <s v="Mullingar Legal Town and Environs, Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10340"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="173300"/>
+    <s v="Naas Legal Town and Environs, Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="173800"/>
+    <s v="Navan (An Uaimh), Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="174100"/>
+    <s v="Nenagh Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="175500"/>
+    <s v="New Ross Legal Town and Environs, Kilkenny and Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="177900"/>
+    <s v="Passage West Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="178900"/>
+    <s v="Portlaoise (Maryborough), Legal Town and Environs, Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9796"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="185000"/>
+    <s v="Shannon Legal Town and Environs, Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="186100"/>
+    <s v="Skibbereen Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="186600"/>
+    <s v="Sligo Borough and Environs, Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="189000"/>
+    <s v="Templemore Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="189600"/>
+    <s v="Thurles Legal Town and Environs, North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190500"/>
+    <s v="Tipperary Legal Town and Environs, South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191000"/>
+    <s v="Tralee Legal Town and Environs, Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191300"/>
+    <s v="Tramore Legal Town and Environs, Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191600"/>
+    <s v="Trim Legal Town and Environs, Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191900"/>
+    <s v="Tuam Legal Town and Environs, Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192500"/>
+    <s v="Tullamore Legal Town and Environs, Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="194100"/>
+    <s v="Westport Legal Town and Environs, Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="194400"/>
+    <s v="Wexford Borough and Environs, Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10345"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="195100"/>
+    <s v="Wicklow Legal Town and Environs, Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="CD109"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="195500"/>
+    <s v="Youghal Legal Town and Environs, Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+</pivotCacheRecords>
 </file>