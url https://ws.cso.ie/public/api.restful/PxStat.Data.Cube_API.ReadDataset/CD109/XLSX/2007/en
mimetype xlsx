--- v2 (2026-01-16)
+++ v3 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6702d6d4f745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6b90e110ca049dab71ba05fcdb99097.psmdcp" Id="R801532e942974c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec30d8a760724d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88a197d899f0411bb71784a735fc20a3.psmdcp" Id="R294fea0dded14231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>