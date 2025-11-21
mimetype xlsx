--- v0 (2025-10-01)
+++ v1 (2025-11-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd371b08c4184969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a22de20f8cc943db8cfc7b76ce8e7b27.psmdcp" Id="R45222cdae978404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf12f744ba642d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cb3bc2352d741f899e81896cc94880c.psmdcp" Id="R98709fec99d7490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>