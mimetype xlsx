--- v1 (2025-11-21)
+++ v2 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf12f744ba642d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cb3bc2352d741f899e81896cc94880c.psmdcp" Id="R98709fec99d7490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb23f8b275baf4cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9e5fabc54f94baba9ef0948990428be.psmdcp" Id="R256bc4229f034e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD104</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Components of Population Change</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD104/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -688,595 +688,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1189" totalsRowShown="0">
   <x:autoFilter ref="A1:J1189"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1547,51 +1174,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD104/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1778,51 +1405,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1189"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="18.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -39860,51 +39487,51 @@
       <x:c r="G1189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J1189" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39921,51 +39548,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1189" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -40904,27 +40531,14284 @@
         <x:n v="13.8"/>
         <x:n v="5082"/>
         <x:n v="2862"/>
         <x:n v="1189"/>
         <x:n v="1673"/>
         <x:n v="3409"/>
         <x:n v="20.3"/>
         <x:n v="7320"/>
         <x:n v="5373"/>
         <x:n v="2612"/>
         <x:n v="2761"/>
         <x:n v="4559"/>
         <x:n v="2628"/>
         <x:n v="2018"/>
         <x:n v="1011"/>
         <x:n v="1007"/>
         <x:n v="1621"/>
         <x:n v="11.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="348404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="367191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="141079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="226112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="122292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="209691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="208612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="69704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="138908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="70783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="85893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="102547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="36126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="66421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="19472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="21401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="38367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="21010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="17357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="12223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="13690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="33999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="26940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="22711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="18270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="23550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="19080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="23977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="15362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="5810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="21304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="17469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="13444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="7860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="7396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="11772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="6502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="8368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="72748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="97177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="42410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="54767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="17981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="8966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="37737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="41205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="16101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="25104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="-188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-2886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="37925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="33117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="10711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="15519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="15307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="6653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="-2684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-4706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-16.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="10438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="11027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="6632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-1539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="38426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="18923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="21305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="17121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="18983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="7365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="12284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="15868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="8398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="27539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="21174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="10042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="11132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="16407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="13873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="11088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="8218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="151528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="187998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="72365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="115633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="35895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="92032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="106627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="34921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="71706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="20326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="37345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="52341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="17610"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="34731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="19620"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6995"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="15288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="9557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-2384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="10060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="30327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="49823"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="22141"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="27682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="16656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="8270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-1066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="16919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="7922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-1338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="-1362"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-2389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-16.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-242"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-8.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="16660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="20627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="10073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-328"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="7306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="10921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="196876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="179193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="68714"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="110479"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="86397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="117659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="101985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="34783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="67202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="50457"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="48548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="50206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="18516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="31690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="16858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="12185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="18747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="10882"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="6695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="18711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="13126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="11041"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="7670"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="11097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="13509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="12045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="6661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5990"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="42421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="47354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="20269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="27085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="15336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="21081"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="20172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="12341"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="8740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="-551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-1820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="16198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="11072"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="10560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="-1322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-2317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-578"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="21766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="19601"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="9656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="-443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="7086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="9589"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C1"/>
+    <s v="Change in Population since Previous Census"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C2"/>
+    <s v="Births"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C3"/>
+    <s v="Deaths"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C4"/>
+    <s v="Natural Increase"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C5"/>
+    <s v="Estimated Net Migration"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C6"/>
+    <s v="Average Annual Births"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C7"/>
+    <s v="Average Annual Deaths"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C8"/>
+    <s v="Average Annual Natural Increase"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD104C9"/>
+    <s v="Average Annual Estimated Net Migration"/>
+    <s v="Rate per 1,000 Pop."/>
+    <n v="11.3"/>
+  </r>
+</pivotCacheRecords>
 </file>