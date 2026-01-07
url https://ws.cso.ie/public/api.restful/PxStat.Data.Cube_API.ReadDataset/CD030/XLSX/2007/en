--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e65b00a8cb14ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2191189d77c64c7ebe32996646f6a3a4.psmdcp" Id="R192012bb351a4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abd73ecce5a4d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/301f1529f81f4eaaaf50ee538b6e059e.psmdcp" Id="R12d56342dc0c41c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD030</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over at Work, Usually Resident and Present in the State and Place of Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD030/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Door to Door - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,547 +658,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="46">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns of 10 000 and Over" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="46">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H277" totalsRowShown="0">
   <x:autoFilter ref="A1:H277"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02800V03468"/>
     <x:tableColumn id="2" name="Towns of 10 000 and Over"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1467,51 +1124,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD030/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1698,51 +1355,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H277"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8932,51 +8589,51 @@
       <x:c r="E277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>2215</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8993,51 +8650,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H277" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="46">
         <x:s v="100100"/>
         <x:s v="100200"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="100800"/>
         <x:s v="100900"/>
         <x:s v="101000"/>
         <x:s v="101100"/>
         <x:s v="101200"/>
         <x:s v="101300"/>
         <x:s v="101400"/>
         <x:s v="101500"/>
         <x:s v="101600"/>
         <x:s v="101700"/>
         <x:s v="101800"/>
         <x:s v="101900"/>
         <x:s v="102000"/>
         <x:s v="102100"/>
@@ -9412,27 +9069,2788 @@
         <x:n v="1296"/>
         <x:n v="3207"/>
         <x:n v="1140"/>
         <x:n v="2067"/>
         <x:n v="2579"/>
         <x:n v="-628"/>
         <x:n v="3102"/>
         <x:n v="855"/>
         <x:n v="2247"/>
         <x:n v="520"/>
         <x:n v="1375"/>
         <x:n v="-1727"/>
         <x:n v="2972"/>
         <x:n v="1573"/>
         <x:n v="1399"/>
         <x:n v="3614"/>
         <x:n v="5187"/>
         <x:n v="2215"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="388083"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="352223"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="35860"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="117764"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="469987"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="81904"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="133678"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="109537"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="24141"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="87811"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="197348"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="63670"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="65646"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="55631"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="10015"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="36519"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="92150"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="26504"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="25557"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="20560"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="41402"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="15845"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="20378"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6405"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="40464"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="13681"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="15692"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="12686"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="23332"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="238774"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="107185"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="131589"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="153419"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="260604"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="21830"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="11368"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-654"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="10800"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="12936"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="15023"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="11084"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="13803"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1220"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="10959"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2268"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="9245"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="9026"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-219"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="10064"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6437"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6571"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-867"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="9324"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="11667"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8074"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8388"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="10644"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3290"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4545"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="10649"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-5150"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="13176"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6476"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5303"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-4247"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3696"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1411"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3597"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5263"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-778"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-272"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2573"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-585"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4586"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3147"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2718"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-628"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1727"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C1"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C2"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C3"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C4"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C5"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD030C6"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+</pivotCacheRecords>
 </file>