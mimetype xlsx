--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abd73ecce5a4d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/301f1529f81f4eaaaf50ee538b6e059e.psmdcp" Id="R12d56342dc0c41c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf106cd4bf4460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9affbd126954feb955f90a96f245c87.psmdcp" Id="Reefabdce20cb49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>