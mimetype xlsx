--- v0 (2025-10-21)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24e7804b4c44968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd437604d50b4e0c8c467c93ca8880ec.psmdcp" Id="Rba4d830792df404f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31885906b72b4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cff56a47f4e4ebcb46cfdf302f0e650.psmdcp" Id="R2de3f81e98a1491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD026</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 and Over at Work, Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD026/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Door to Door - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -550,419 +550,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02730V03298" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Leaving Home" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J231" totalsRowShown="0">
   <x:autoFilter ref="A1:J231"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02852V03430"/>
     <x:tableColumn id="4" name="Broad Industrial Group"/>
     <x:tableColumn id="5" name="C02730V03298"/>
     <x:tableColumn id="6" name="Time Leaving Home"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1233,51 +992,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD026/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1464,51 +1223,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J231"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="72.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="79.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8890,51 +8649,51 @@
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>79193</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8951,51 +8710,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J231" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD026"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02852V03430">
       <x:sharedItems count="23">
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
         <x:s v="E"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
         <x:s v="K"/>
@@ -9300,27 +9059,2788 @@
         <x:n v="5688"/>
         <x:n v="6981"/>
         <x:n v="9517"/>
         <x:n v="8920"/>
         <x:n v="8096"/>
         <x:n v="4447"/>
         <x:n v="7535"/>
         <x:n v="35060"/>
         <x:n v="1695074"/>
         <x:n v="119601"/>
         <x:n v="153263"/>
         <x:n v="201029"/>
         <x:n v="288658"/>
         <x:n v="297931"/>
         <x:n v="261027"/>
         <x:n v="109671"/>
         <x:n v="184701"/>
         <x:n v="79193"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55043"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8701"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13344"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177632"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23107"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26370"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32419"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23232"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83997"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14004"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16961"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254428"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21009"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22653"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37472"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43720"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46675"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22062"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37019"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75070"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20957"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9020"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11524"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98858"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9451"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42749"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62849"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11419"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90027"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13215"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20075"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22776"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84403"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16145"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20599"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18217"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58530"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6944"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110644"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11925"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20615"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23953"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161148"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11590"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28482"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50162"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40232"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192491"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20870"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32111"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35659"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31131"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30771"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13083"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18491"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28370"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36091"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90412"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9517"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35060"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695074"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119601"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153263"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201029"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288658"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297931"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261027"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109671"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184701"/>
+  </r>
+  <r>
+    <s v="CD026"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79193"/>
+  </r>
+</pivotCacheRecords>
 </file>