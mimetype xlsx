--- v1 (2025-12-27)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31885906b72b4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cff56a47f4e4ebcb46cfdf302f0e650.psmdcp" Id="R2de3f81e98a1491a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2482fb5b384644dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145bb91bbf5d4e059e61e95f855f5070.psmdcp" Id="Raae5373836b946f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>