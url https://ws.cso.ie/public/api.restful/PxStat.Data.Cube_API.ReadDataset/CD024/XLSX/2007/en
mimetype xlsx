--- v0 (2025-11-04)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c070e0db5a4f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d6dd9dbfe5146edb3db01e65e249194.psmdcp" Id="R7d14a6952e9b43e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a79656d23a4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/184bdb5e3be3422cbf65ed8eabbccb3c.psmdcp" Id="Rb9e1130192e54247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD024</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 and Over at Work, Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD024/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Door to Door - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -538,403 +538,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Leaving Home" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J185" totalsRowShown="0">
   <x:autoFilter ref="A1:J185"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02852V03430"/>
     <x:tableColumn id="4" name="Broad Industrial Group"/>
     <x:tableColumn id="5" name="C02801V03370"/>
     <x:tableColumn id="6" name="Time Leaving Home"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1205,51 +976,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD024/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1436,51 +1207,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J185"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="72.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="79.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7390,51 +7161,51 @@
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>118828</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7451,51 +7222,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J185" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02852V03430">
       <x:sharedItems count="23">
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
         <x:s v="E"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
         <x:s v="K"/>
@@ -7748,27 +7519,2236 @@
         <x:n v="30"/>
         <x:n v="18"/>
         <x:n v="90412"/>
         <x:n v="13177"/>
         <x:n v="15491"/>
         <x:n v="12053"/>
         <x:n v="3196"/>
         <x:n v="3840"/>
         <x:n v="1522"/>
         <x:n v="41133"/>
         <x:n v="1695074"/>
         <x:n v="427993"/>
         <x:n v="520128"/>
         <x:n v="352362"/>
         <x:n v="123298"/>
         <x:n v="112701"/>
         <x:n v="39764"/>
         <x:n v="118828"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55043"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20397"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16161"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177632"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47146"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61564"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37197"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12433"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9941"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83997"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11512"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19637"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23225"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254428"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83672"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84705"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46169"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14406"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12100"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75070"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19165"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22685"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14554"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7793"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98858"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38501"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31991"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62849"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18613"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16660"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6724"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90027"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11665"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24436"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24627"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12491"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11668"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84403"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16411"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25180"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20444"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8465"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8154"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58530"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18148"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13782"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110644"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20613"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33814"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28371"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11966"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9981"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161148"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45430"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56431"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32929"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8420"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192491"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50556"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66821"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41637"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14214"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5225"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28370"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9038"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5581"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36091"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12031"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90412"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15491"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12053"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41133"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695074"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427993"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520128"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352362"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123298"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112701"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39764"/>
+  </r>
+  <r>
+    <s v="CD024"/>
+    <s v="Population Aged 15 and Over at Work, Usually Resident and Present in the State"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118828"/>
+  </r>
+</pivotCacheRecords>
 </file>