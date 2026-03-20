--- v1 (2026-01-30)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a79656d23a4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/184bdb5e3be3422cbf65ed8eabbccb3c.psmdcp" Id="Rb9e1130192e54247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2560648badc40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4523f3c8bb9c42abbd0a278262fcef32.psmdcp" Id="R8aaa58828f4640d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>