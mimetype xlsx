--- v0 (2025-10-08)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc97f51abe84be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0704453ced96483da1d7fd4d5f0558a6.psmdcp" Id="Rab9ecf7b54cc4126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3840467fc1e94a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef83cebd468f4f508d1fa7dcd13cdae5.psmdcp" Id="R7854f99be32b4887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD009</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Persons at work excludes those who mainly work at, or from, home</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD009/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Door to Door - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -505,379 +505,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Travelling Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work School or College" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N865" totalsRowShown="0">
   <x:autoFilter ref="A1:N865"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02801V03370"/>
     <x:tableColumn id="8" name="Travelling Time"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="At Work School or College"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1152,51 +953,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD009/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1186,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="54.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -39483,51 +39284,51 @@
       <x:c r="K865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M865" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N865" s="0">
         <x:v>619</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39544,51 +39345,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD009"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -40496,27 +40297,13852 @@
         <x:n v="3955"/>
         <x:n v="21943"/>
         <x:n v="1524"/>
         <x:n v="3374"/>
         <x:n v="2757"/>
         <x:n v="6501"/>
         <x:n v="227"/>
         <x:n v="582"/>
         <x:n v="3802"/>
         <x:n v="92"/>
         <x:n v="306"/>
         <x:n v="877"/>
         <x:n v="1002"/>
         <x:n v="38"/>
         <x:n v="66"/>
         <x:n v="5984"/>
         <x:n v="1275"/>
         <x:n v="619"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650885"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492011"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314326"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168496"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417724"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327257"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117150"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32042"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506808"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115357"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119834"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47417"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342884"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22889"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47784"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36918"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120132"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15356"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109578"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6691"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18076"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38416"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115343"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20138"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168803"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59168"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38178"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15351"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57812"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41445"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14631"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50006"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14063"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25183"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8083"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94492"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33655"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20509"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7460"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29599"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23909"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8131"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25587"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6850"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4682"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154738"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47474"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31027"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15896"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45984"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34055"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11799"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46554"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11128"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28887"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9101"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12531"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504012"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120079"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77197"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61347"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81056"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67690"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25159"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7560"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163659"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36563"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31101"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16914"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134803"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12363"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16782"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48182"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36291"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7143"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33100"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197739"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65153"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37919"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16705"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41542"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43041"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13509"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48428"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15839"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14424"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43162"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21570"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24877"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11202"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129466"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40997"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27072"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14008"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39181"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29520"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42310"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8082"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10149"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4645"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6585"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164771"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56062"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35964"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13841"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56075"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39389"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14279"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51146"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11752"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13704"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24914"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8499"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11347"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236864"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69423"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46460"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23888"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66475"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48208"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18581"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79118"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14668"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7727"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47399"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13564"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10042"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858025"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251808"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159986"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82423"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204950"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167512"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60066"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15825"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245830"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58603"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60541"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23101"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181576"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11886"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24112"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62494"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7428"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64284"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25168"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73723"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10309"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5810"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87319"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30291"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19486"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7080"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28552"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21273"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7509"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23125"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12857"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49868"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17167"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14769"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11730"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7306"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79974"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24184"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22854"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17322"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5883"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22058"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5680"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14689"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8508"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257695"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61433"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39485"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31077"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37380"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34535"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13371"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82003"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18613"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15470"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71906"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8541"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24154"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18320"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20193"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105228"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33720"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19342"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20101"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22356"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22897"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7409"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23947"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12414"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68132"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20704"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13831"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19864"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14897"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6212"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84986"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28668"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18162"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6410"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28066"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20201"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7207"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23839"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124823"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35641"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23523"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11727"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33364"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24791"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9365"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39420"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25456"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10681"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792860"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240203"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154340"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86073"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212774"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159745"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57084"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16217"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260978"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56754"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59293"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24316"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161308"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11003"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23672"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18867"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57638"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45294"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9321"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41620"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9829"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81484"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28877"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18692"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29260"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20172"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12326"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44624"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16488"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10198"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14830"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11772"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13857"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74764"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23290"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15181"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8218"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23130"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16733"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24496"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5448"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14198"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246317"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58646"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37712"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30270"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43676"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33155"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11788"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81656"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15631"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62897"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3627"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6172"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24028"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17971"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92511"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31433"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18577"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8642"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21441"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20685"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25531"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19215"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9156"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9882"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61334"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20293"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13241"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19317"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14623"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21552"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11374"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79785"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27394"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17802"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28009"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19188"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7072"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27307"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12332"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112041"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33782"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22937"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12161"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33111"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23417"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39698"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8680"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21943"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD009"/>
+    <s v="Population Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+</pivotCacheRecords>
 </file>