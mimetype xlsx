--- v0 (2025-11-05)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2eed9a4abf240e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6f000f7ebea4f168c754c67feea1474.psmdcp" Id="Rea49cfa22cdc4f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee7239b31c54975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a676a302a2804811a4525253ebb7951c.psmdcp" Id="Rbd16c108de1a43eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1325</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 years and Over Usually Resident and present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1325/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02731V03299" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Voluntary Activity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="C02731V03299"/>
     <x:tableColumn id="8" name="Voluntary Activity"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1085,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1325/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1316,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="69.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="56.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11422,51 +11241,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>1393813</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11483,51 +11302,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1325"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -11849,27 +11668,3724 @@
         <x:n v="3599"/>
         <x:n v="50787"/>
         <x:n v="1045"/>
         <x:n v="17788"/>
         <x:n v="462"/>
         <x:n v="255"/>
         <x:n v="190"/>
         <x:n v="120"/>
         <x:n v="393"/>
         <x:n v="16743"/>
         <x:n v="273522"/>
         <x:n v="1667335"/>
         <x:n v="110864"/>
         <x:n v="85055"/>
         <x:n v="55427"/>
         <x:n v="19355"/>
         <x:n v="76254"/>
         <x:n v="1393813"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469298"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2889573"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162993"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113925"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165881"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38427"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117437"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420275"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21855"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19022"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20275"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96660"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7199"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76385"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15925"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14363"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20551"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14978"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17728"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14074"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43603"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8159"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30337"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23229"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153739"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8238"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130510"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43130"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40700"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544228"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3311517"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188866"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140026"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179229"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45848"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137848"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2767289"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232531"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411781"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66155"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43241"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114543"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22059"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51109"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179250"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13812"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9158"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47037"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37879"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7398"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6913"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21898"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15498"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13557"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93280"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79723"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25342"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23957"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270706"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644182"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78002"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54971"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123802"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26493"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61594"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1373476"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236767"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477792"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96838"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70684"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51338"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16368"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1241025"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8043"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49623"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38506"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7770"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11138"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8638"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6650"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21705"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14839"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60459"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50787"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17788"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16743"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273522"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667335"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110864"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85055"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55427"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19355"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76254"/>
+  </r>
+  <r>
+    <s v="C1325"/>
+    <s v="Population Aged 15 years and Over Usually Resident and present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393813"/>
+  </r>
+</pivotCacheRecords>
 </file>