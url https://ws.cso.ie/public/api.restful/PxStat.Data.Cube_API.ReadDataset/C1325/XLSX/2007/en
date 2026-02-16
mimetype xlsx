--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee7239b31c54975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a676a302a2804811a4525253ebb7951c.psmdcp" Id="Rbd16c108de1a43eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224e5a04fd4c4821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cb736ad1d394c80b28b36bcf84ad497.psmdcp" Id="R77e572614f5a4abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>