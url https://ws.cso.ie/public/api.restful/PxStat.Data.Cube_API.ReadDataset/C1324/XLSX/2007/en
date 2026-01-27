--- v0 (2025-11-12)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f133d79ba5d4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/958a66230f4d474281cf7eca0e94a2d9.psmdcp" Id="Ra20180e1504c4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5255be68a2d8489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/989e80cdabaa4b228c7b3afb4657c816.psmdcp" Id="R43ed577000c54f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1324</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1324/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,363 +475,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L331" totalsRowShown="0">
   <x:autoFilter ref="A1:L331"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1104,51 +911,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1324/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1335,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="105.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13949,51 +13756,51 @@
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>2033666</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14010,51 +13817,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1324"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14444,27 +14251,4648 @@
         <x:n v="1013"/>
         <x:n v="511"/>
         <x:n v="348"/>
         <x:n v="1914"/>
         <x:n v="3017"/>
         <x:n v="9863"/>
         <x:n v="90281"/>
         <x:n v="1799285"/>
         <x:n v="12675"/>
         <x:n v="58728"/>
         <x:n v="9638"/>
         <x:n v="14461"/>
         <x:n v="10302"/>
         <x:n v="5226"/>
         <x:n v="26310"/>
         <x:n v="68554"/>
         <x:n v="28487"/>
         <x:n v="2033666"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110023"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40896"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7214"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6670"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29955"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1210357"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620788"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6664"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43780"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15886"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64202"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14357"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788134"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62471"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67387"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269310"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6591"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303552"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89188"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10140"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120535"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29958"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42588"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208137"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10803"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15001"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41178"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311868"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34737"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43845"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129748"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23048"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179489"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3554360"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31206"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115663"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19778"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27406"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21056"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10462"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52826"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170028"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64970"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4067755"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547068"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20269"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600536"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804697"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22379"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38174"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895818"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30976"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33570"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125365"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142914"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43478"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60349"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14962"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21848"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108236"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24615"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165942"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18882"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23904"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61411"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13185"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89208"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755075"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18531"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56935"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10140"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12945"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26516"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101474"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36483"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2034089"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562955"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20627"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11749"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609821"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816091"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21401"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26028"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892316"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31495"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33817"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143945"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160638"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45710"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60186"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14996"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20740"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99901"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4326"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7234"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16563"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145926"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15855"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68337"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9863"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90281"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1799285"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12675"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58728"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14461"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10302"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26310"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68554"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28487"/>
+  </r>
+  <r>
+    <s v="C1324"/>
+    <s v="Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2033666"/>
+  </r>
+</pivotCacheRecords>
 </file>