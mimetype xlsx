--- v1 (2026-01-27)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5255be68a2d8489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/989e80cdabaa4b228c7b3afb4657c816.psmdcp" Id="R43ed577000c54f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b5c3f38973e4a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d55b4e2dec84b03bea426b654f028aa.psmdcp" Id="R18df0b2434594600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>