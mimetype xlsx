--- v0 (2025-11-08)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010fd1f0fa4749d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b7b4d468c0949239ff100edabb5ed81.psmdcp" Id="Rbf06baea2de64e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef1d2364b6041e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b4cba3a07364b6cbfc931ff6eb72174.psmdcp" Id="Rfa2941ec5ab94ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1323</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1323/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,371 +490,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L364" totalsRowShown="0">
   <x:autoFilter ref="A1:L364"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1127,51 +928,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1323/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1358,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L364"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15226,51 +15027,51 @@
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>87945</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15287,51 +15088,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L364" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1323"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -15756,27 +15557,5110 @@
         <x:n v="1667"/>
         <x:n v="4855"/>
         <x:n v="1511"/>
         <x:n v="523"/>
         <x:n v="3042"/>
         <x:n v="10250"/>
         <x:n v="2081"/>
         <x:n v="184958"/>
         <x:n v="67674"/>
         <x:n v="1915"/>
         <x:n v="3116"/>
         <x:n v="1387"/>
         <x:n v="641"/>
         <x:n v="450"/>
         <x:n v="3308"/>
         <x:n v="6229"/>
         <x:n v="897"/>
         <x:n v="87945"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923504"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103089"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21670"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47342"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164330"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46385"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2495913"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88317"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10433"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16412"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16787"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34337"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127415"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39756"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483907"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6159"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525502"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17894"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4214"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713916"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23343"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35732"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260086"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17492"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422895"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19760"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12708"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49658"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89607"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26531"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427591"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9910"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13005"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296831"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21853"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130760"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15062"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430265"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14229"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50157"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23701"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99172"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1229632"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43356"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7547"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17046"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78736"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251236"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277921"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358406"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11415"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106794"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192623"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6338"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28769"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42652"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15624"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200633"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20436"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137547"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63086"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8833"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493239"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8331"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52932"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23641"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65158"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266281"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44961"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17291"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48679"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16329"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232671"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247581"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9088"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355510"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11928"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12297"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153292"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7198"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230272"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9853"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6370"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20889"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46955"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10907"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226958"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6350"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16479"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159284"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10250"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67674"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6229"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="C1323"/>
+    <s v="Population Aged 15 years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+</pivotCacheRecords>
 </file>