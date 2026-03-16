--- v1 (2026-01-20)
+++ v2 (2026-03-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef1d2364b6041e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b4cba3a07364b6cbfc931ff6eb72174.psmdcp" Id="Rfa2941ec5ab94ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1096b5bb3384f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6fa4f3c39e4fb393cffd6338670789.psmdcp" Id="R566fc43e084348ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>