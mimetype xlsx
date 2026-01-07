--- v0 (2025-10-01)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3b489e03304b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8cd2effee024b4886c6a9d0e6fd1924.psmdcp" Id="Rc2ddb215c7634fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69e0a5a71574c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc8ec467ee014f1fb70748c8edbb6b4a.psmdcp" Id="Rb46b8821e7a44ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1318</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1318/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,379 +511,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1156,51 +951,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1318/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1387,51 +1182,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16509,51 +16304,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>7156</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16570,51 +16365,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1318"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="12">
         <x:s v="801"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
@@ -17064,27 +16859,5572 @@
         <x:n v="4116"/>
         <x:n v="366"/>
         <x:n v="164"/>
         <x:n v="125"/>
         <x:n v="110"/>
         <x:n v="260"/>
         <x:n v="437"/>
         <x:n v="170"/>
         <x:n v="5826"/>
         <x:n v="5460"/>
         <x:n v="191"/>
         <x:n v="250"/>
         <x:n v="183"/>
         <x:n v="47"/>
         <x:n v="342"/>
         <x:n v="371"/>
         <x:n v="133"/>
         <x:n v="7156"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923504"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103089"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21670"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47342"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164330"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46385"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430265"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14229"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50157"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23701"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99172"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493239"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8331"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52932"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23641"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65158"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1658727"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10177"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55926"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12270"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11335"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27991"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110708"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26718"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="937563"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8168"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32477"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16176"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71378"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18584"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721164"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11815"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39330"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264705"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13063"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17804"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308221"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220214"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13448"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253821"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44491"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54400"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1389440"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42595"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10086"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10323"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8791"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23604"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92615"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25139"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616304"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715014"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21890"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5046"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57789"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17271"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850592"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674426"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20705"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34826"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765712"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22821"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124378"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8589"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74725"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49653"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296831"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21853"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137547"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159284"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10250"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342653"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9048"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387014"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13869"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16714"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328784"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12702"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6069"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370300"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341323"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16057"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377927"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185446"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8443"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206520"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155877"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171407"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127195"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138382"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64183"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70562"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63012"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67820"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1318"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+</pivotCacheRecords>
 </file>