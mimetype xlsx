--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69e0a5a71574c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc8ec467ee014f1fb70748c8edbb6b4a.psmdcp" Id="Rb46b8821e7a44ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc888520a82024a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8ecfa8f01b643ca8b53694ea977bb7c.psmdcp" Id="R5a35c3b67a3647a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>