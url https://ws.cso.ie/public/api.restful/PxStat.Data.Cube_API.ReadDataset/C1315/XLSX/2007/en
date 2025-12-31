--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c591ce1137845c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/342d42e3c33c4c3181ae06aaa63e5de9.psmdcp" Id="R6893cfc86361430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d44afbe108d4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cc06de3e33b4cd18cdd8a3390fe33c8.psmdcp" Id="R50e06a9989f24425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1315</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1315/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,403 +526,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L496" totalsRowShown="0">
   <x:autoFilter ref="A1:L496"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1195,51 +972,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1315/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1426,51 +1203,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L496"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -20310,51 +20087,51 @@
       <x:c r="I496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L496" s="0">
         <x:v>2086821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20371,51 +20148,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L496" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1315"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -20958,27 +20735,6958 @@
         <x:n v="39"/>
         <x:n v="335"/>
         <x:n v="358"/>
         <x:n v="81"/>
         <x:n v="656"/>
         <x:n v="1936"/>
         <x:n v="11465"/>
         <x:n v="1846362"/>
         <x:n v="12860"/>
         <x:n v="60422"/>
         <x:n v="9730"/>
         <x:n v="14805"/>
         <x:n v="10503"/>
         <x:n v="5372"/>
         <x:n v="26857"/>
         <x:n v="70643"/>
         <x:n v="29267"/>
         <x:n v="2086821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3265701"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7504"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82268"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11904"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19917"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94979"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54816"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3559384"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2495010"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59138"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10445"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9899"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13559"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62168"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48548"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710020"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770691"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23130"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849364"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40677"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50172"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145848"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22597"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24042"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204746"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16863"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20426"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24808"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57562"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63090"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37356"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23544"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78810"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11727"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27517"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11965"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42764"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15292"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12482"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9999"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12085"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55628"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18957"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25181"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14231"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23050"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644965"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118948"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19994"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28028"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21496"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54033"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175252"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66750"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1605763"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40808"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7319"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58550"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30408"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1766860"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257742"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30573"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27099"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377480"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348021"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19847"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389380"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19717"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24813"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69027"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11203"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100832"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11321"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13955"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36381"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40148"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19875"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12960"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41400"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21647"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29073"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798603"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18919"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58526"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10264"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27176"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104609"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37483"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659938"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41460"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7790"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36429"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24408"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792524"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237268"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28565"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23465"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21449"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1332540"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422670"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12895"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12964"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459984"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20960"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25359"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76821"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11394"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9809"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103914"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21181"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22942"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10584"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37410"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12811"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21117"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26555"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11465"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846362"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12860"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60422"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14805"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26857"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70643"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="C1315"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+</pivotCacheRecords>
 </file>