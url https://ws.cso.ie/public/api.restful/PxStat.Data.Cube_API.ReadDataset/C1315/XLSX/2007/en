--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d44afbe108d4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cc06de3e33b4cd18cdd8a3390fe33c8.psmdcp" Id="R50e06a9989f24425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2a1d4c97b3e45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53faf05665cf402092a787e6a764691f.psmdcp" Id="Re5ad122dec354731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>