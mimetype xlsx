--- v0 (2025-11-05)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb235d2f07de44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/798ee8671407438d9fb94217ed005d78.psmdcp" Id="R6fb38fe40f644fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0990d7e38eca42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/058dd61c401642af90e59e3605040034.psmdcp" Id="R77b7bd57e5c14edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1309</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1309/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -556,443 +556,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L661" totalsRowShown="0">
   <x:autoFilter ref="A1:L661"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1265,51 +1012,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1309/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1496,51 +1243,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26650,51 +26397,51 @@
       <x:c r="I661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>1697272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26711,51 +26458,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1309"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="20">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -27470,27 +27217,9268 @@
         <x:n v="9907"/>
         <x:n v="10078"/>
         <x:n v="5000"/>
         <x:n v="23701"/>
         <x:n v="99172"/>
         <x:n v="27078"/>
         <x:n v="1678127"/>
         <x:n v="1493239"/>
         <x:n v="8331"/>
         <x:n v="52932"/>
         <x:n v="8151"/>
         <x:n v="11763"/>
         <x:n v="9633"/>
         <x:n v="5117"/>
         <x:n v="23641"/>
         <x:n v="65158"/>
         <x:n v="19307"/>
         <x:n v="1697272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3681446"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125585"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20798"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23546"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57928"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186318"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70322"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818390"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19372"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61752"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10668"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13750"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29057"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110756"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39377"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863056"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63833"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28871"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75562"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30945"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252984"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7814"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13781"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302252"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129366"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154556"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123618"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147696"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256662"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7544"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288325"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131565"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147984"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125097"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140341"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248296"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273872"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127194"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140504"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121102"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133368"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260702"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10100"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132816"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148241"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127886"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3649"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142016"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288025"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24870"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144277"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13704"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172766"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143748"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11166"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169709"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305857"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9143"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29218"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373078"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152590"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17299"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189252"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153267"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4934"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289676"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7314"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22656"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349361"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143936"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14039"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177487"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145740"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271329"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18090"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322105"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134580"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136749"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158294"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260331"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9283"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15175"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301329"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128076"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9388"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151438"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132255"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149891"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240123"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8256"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12898"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274745"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118438"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7834"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137983"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121685"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136762"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216848"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11454"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247068"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107587"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109261"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122518"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199512"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225328"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99382"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113943"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100130"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162514"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181727"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80752"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91561"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81762"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90166"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130177"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143396"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63640"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66537"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72501"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109879"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119152"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51686"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56540"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58193"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85279"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92466"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36735"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40121"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48544"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59728"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64884"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22490"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37238"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43524"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13280"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30244"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923504"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103089"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21670"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47342"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164330"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46385"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430265"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14229"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50157"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23701"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99172"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493239"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8331"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52932"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23641"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65158"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="C1309"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+</pivotCacheRecords>
 </file>