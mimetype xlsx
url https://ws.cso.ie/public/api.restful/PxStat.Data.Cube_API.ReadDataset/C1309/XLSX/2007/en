--- v1 (2026-01-19)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0990d7e38eca42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/058dd61c401642af90e59e3605040034.psmdcp" Id="R77b7bd57e5c14edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d142e6d0ab74c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/913b3e6f51484e6088a9d414c62db837.psmdcp" Id="Ra8e4fde969e94cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>