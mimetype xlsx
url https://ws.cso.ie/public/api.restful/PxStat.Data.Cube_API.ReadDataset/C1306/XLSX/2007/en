--- v0 (2025-11-08)
+++ v1 (2026-01-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eca46914e934197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0aae96de54de4667bf36b0efb842aed3.psmdcp" Id="R6fb83ed5ae5748a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc783839910324e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad9e47d2e9734617b0d646a78376221f.psmdcp" Id="R43bb42609ceb4d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1306</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1306/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1306/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29342,51 +29059,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>309675</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29403,51 +29120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1306"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -30108,27 +29825,10234 @@
         <x:n v="5427"/>
         <x:n v="2560"/>
         <x:n v="228712"/>
         <x:n v="276051"/>
         <x:n v="1325"/>
         <x:n v="8704"/>
         <x:n v="1877"/>
         <x:n v="725"/>
         <x:n v="377"/>
         <x:n v="218"/>
         <x:n v="431"/>
         <x:n v="427"/>
         <x:n v="80"/>
         <x:n v="151"/>
         <x:n v="70"/>
         <x:n v="11005"/>
         <x:n v="4555"/>
         <x:n v="309675"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3681446"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125585"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20798"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23546"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186318"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70322"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410610"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17590"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12584"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468375"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227127"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251664"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373743"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414277"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966636"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17330"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35631"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11026"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11657"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80737"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28654"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187176"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413693"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18011"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19396"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475360"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326562"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7017"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11901"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361028"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414995"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14433"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13851"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460838"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548080"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17138"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26665"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621130"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818390"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19372"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61752"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10668"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13750"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110756"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39377"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205037"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9005"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7532"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235963"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114344"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127738"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187448"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209290"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462664"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10154"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16935"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5580"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47746"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16243"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582557"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206370"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11686"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239746"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163244"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7157"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182296"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207254"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8424"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232126"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272029"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15660"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311455"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863056"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63833"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75562"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30945"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205573"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232412"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112783"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123926"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186295"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204987"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503972"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18696"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32991"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604619"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207323"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9146"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235614"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163318"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178732"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207741"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228712"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276051"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8704"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11005"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4555"/>
+  </r>
+  <r>
+    <s v="C1306"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309675"/>
+  </r>
+</pivotCacheRecords>
 </file>