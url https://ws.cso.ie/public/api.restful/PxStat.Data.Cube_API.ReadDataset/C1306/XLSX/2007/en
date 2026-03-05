--- v1 (2026-01-04)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc783839910324e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad9e47d2e9734617b0d646a78376221f.psmdcp" Id="R43bb42609ceb4d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01b72c1d366481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a7166f736b9412f97a1ec23a5144825.psmdcp" Id="R28829a4352554407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>