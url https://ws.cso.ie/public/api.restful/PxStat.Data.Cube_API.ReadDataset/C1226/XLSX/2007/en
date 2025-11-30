--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f60ff5beba43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e68843ee9091462a93be789d45c9296b.psmdcp" Id="R949ca0fc58814f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810f6e8e8b9a416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/494c1093a67c4d93a5a5f2959d78a544.psmdcp" Id="R281aad582bde41c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1226</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1226/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Travel to Work School and College</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -619,547 +619,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02588V03141" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Distance Travelled" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L701" totalsRowShown="0">
   <x:autoFilter ref="A1:L701"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02588V03141"/>
     <x:tableColumn id="4" name="Distance Travelled"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="C02698V03266"/>
     <x:tableColumn id="8" name="Motor Car Availability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1432,51 +1101,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1226/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1663,51 +1332,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="135.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28337,51 +28006,51 @@
       <x:c r="I701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>564</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28398,51 +28067,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1226"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02588V03141">
       <x:sharedItems count="10">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="061"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="091"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="10"/>
       </x:sharedItems>
@@ -29179,27 +28848,9828 @@
         <x:n v="4387"/>
         <x:n v="398"/>
         <x:n v="3777"/>
         <x:n v="1483"/>
         <x:n v="13194"/>
         <x:n v="1559"/>
         <x:n v="2488"/>
         <x:n v="261"/>
         <x:n v="9938"/>
         <x:n v="1327"/>
         <x:n v="4789"/>
         <x:n v="567"/>
         <x:n v="4540"/>
         <x:n v="751"/>
         <x:n v="6234"/>
         <x:n v="10222"/>
         <x:n v="1131"/>
         <x:n v="5500"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635404"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194038"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19206"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161358"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63291"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76652"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7107"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105379"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10661"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104760"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10350"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81733"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35307"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27035"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12490"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41806"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72136"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27532"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30787"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49763"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50386"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44000"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37067"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150593"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51168"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15227"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53475"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25780"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31396"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24446"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63092"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45643"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23102"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23640"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25192"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50321"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22681"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17807"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99935"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27014"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8587"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241827"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40976"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38279"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15485"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12682"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10601"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14547"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8117"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5062"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6569"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16364"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8086"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8079"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259460"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23782"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40828"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9735"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21357"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25569"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8538"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6479"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22743"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198800"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12692"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15214"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19870"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20399"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4570"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19395"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221180"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11738"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11415"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23225"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13448"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14819"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11571"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23518"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11025"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6424"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182957"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12067"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17200"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17009"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9397"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21072"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5501"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11410"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94016"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5121"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319422"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65477"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34832"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21344"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11482"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17360"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21254"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13526"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12126"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10174"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9131"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28685"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11843"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13194"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9938"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="C1226"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+</pivotCacheRecords>
 </file>