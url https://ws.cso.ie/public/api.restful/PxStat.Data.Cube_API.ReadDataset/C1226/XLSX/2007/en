--- v1 (2025-11-30)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810f6e8e8b9a416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/494c1093a67c4d93a5a5f2959d78a544.psmdcp" Id="R281aad582bde41c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165649d836f742f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e394b2b4279e42e09bfb6715edab99c7.psmdcp" Id="Re9b8edbf5b7a419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>