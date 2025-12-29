--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae5e753c8f741e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9657765afae4c03a6064b2ad04e9582.psmdcp" Id="Rcff3e090d54149b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1828362a78b48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/290d86cca8b14fcc9c251e61ac5a678a.psmdcp" Id="Rc9d046faeab74b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1225</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1225/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Travel to Work School and College</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -622,563 +622,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02734V03302" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Means of Travel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L841" totalsRowShown="0">
   <x:autoFilter ref="A1:L841"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02734V03302"/>
     <x:tableColumn id="4" name="Means of Travel"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="C02698V03266"/>
     <x:tableColumn id="8" name="Motor Car Availability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1451,51 +1108,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1225/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1682,51 +1339,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="135.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -33676,51 +33333,51 @@
       <x:c r="I841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K841" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L841" s="0">
         <x:v>1698</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33737,51 +33394,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1225"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02734V03302">
       <x:sharedItems count="12">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
@@ -34552,27 +34209,11788 @@
         <x:n v="1197"/>
         <x:n v="25357"/>
         <x:n v="5488"/>
         <x:n v="63092"/>
         <x:n v="4091"/>
         <x:n v="11246"/>
         <x:n v="758"/>
         <x:n v="45643"/>
         <x:n v="3550"/>
         <x:n v="23102"/>
         <x:n v="1574"/>
         <x:n v="23640"/>
         <x:n v="2157"/>
         <x:n v="25192"/>
         <x:n v="1845"/>
         <x:n v="50321"/>
         <x:n v="3350"/>
         <x:n v="22681"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125383"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71516"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24949"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23076"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5199"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23112"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12131"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8015"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70547"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40312"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20599"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11640"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42899"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8807"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033718"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16842"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12171"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77559"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46195"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65013"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67075"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52877"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17216"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7988"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26671"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48332"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17692"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20473"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31627"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32355"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29997"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21885"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104065"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32218"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37124"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17003"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20619"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10390"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17027"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15907"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42363"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29287"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15309"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15948"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31581"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13805"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85070"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17081"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7836"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133218"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5576"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13199"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7270"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93597"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8382"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10639"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12328"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9960"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635404"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194038"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19206"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161358"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63291"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76652"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7107"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105379"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10661"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104760"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10350"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81733"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35307"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27035"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12490"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41806"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72136"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27532"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30787"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49763"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50386"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44000"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37067"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150593"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51168"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15227"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53475"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25780"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31396"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24446"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63092"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45643"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23102"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23640"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25192"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50321"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22681"/>
+  </r>
+  <r>
+    <s v="C1225"/>
+    <s v="Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+</pivotCacheRecords>
 </file>