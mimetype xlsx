--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1828362a78b48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/290d86cca8b14fcc9c251e61ac5a678a.psmdcp" Id="Rc9d046faeab74b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9addb6e7747d4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1828c3c85c944a399296dee49734c627.psmdcp" Id="R242c786c03f54790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>