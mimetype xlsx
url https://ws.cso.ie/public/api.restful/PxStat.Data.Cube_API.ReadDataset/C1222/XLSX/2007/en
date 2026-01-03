--- v0 (2025-11-09)
+++ v1 (2026-01-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d9124fe6354c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c200b340f134cc3898094163689f22a.psmdcp" Id="Rdee86e7ef3094da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c8901e0e794cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68c987b298594ff5ad3253ae4434ab28.psmdcp" Id="R6eb6ad7014cf4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1222</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units by Motor Car Availability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1222/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Travel to Work School and College</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -622,515 +622,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J841" totalsRowShown="0">
   <x:autoFilter ref="A1:J841"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1401,51 +1088,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1222/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1632,51 +1319,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="68.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -28578,51 +28265,51 @@
       <x:c r="G841" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J841" s="0">
         <x:v>88.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28639,51 +28326,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="35">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
@@ -29510,27 +29197,10108 @@
         <x:n v="605"/>
         <x:n v="13584"/>
         <x:n v="2033"/>
         <x:n v="37004"/>
         <x:n v="15293"/>
         <x:n v="12209"/>
         <x:n v="2443"/>
         <x:n v="1004"/>
         <x:n v="30949"/>
         <x:n v="6055"/>
         <x:n v="83.6"/>
         <x:n v="12714"/>
         <x:n v="4483"/>
         <x:n v="5014"/>
         <x:n v="1169"/>
         <x:n v="594"/>
         <x:n v="11260"/>
         <x:n v="1454"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="564249"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="481732"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="34587"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="1173519"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="288777"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="14106"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="74394"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="113430"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="77281"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="27084"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="24917"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="57927"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="32585"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="30044"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="68964"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="32924"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="27942"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="67838"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="12520"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="21563"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="24801"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="52700"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10921"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="10829"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="24969"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="8278"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="19155"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="15710"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="30368"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="8230"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="18510"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="23405"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="48090"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5485"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8976"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="8375"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10132"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9601"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="22198"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="17628"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="15653"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="38158"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6938"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="15631"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="15807"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="35991"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="14534"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="14205"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="32252"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="17504"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="29397"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="43615"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="49329"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="107401"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="15270"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="18991"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="15787"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="39140"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7912"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12166"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7347"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="15953"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="17123"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="38332"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="19228"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9669"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="23865"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7936"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18585"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10474"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="19013"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="20885"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="45409"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="17348"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="14546"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="35523"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="7387"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="17503"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8318"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="17460"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18299"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="21269"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="15514"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="40944"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="9049"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7145"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="15550"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="372850"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="257173"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="43950"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="12565"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="686538"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="226126"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="8748"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="6570"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="74394"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="113430"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="77281"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="67732"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="26919"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="24640"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="57338"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="10394"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="74987"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="31300"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="27577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="64284"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="78522"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="27199"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="66186"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="12336"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="40402"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="15586"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="15464"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="34296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="9439"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="25881"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="11505"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6236"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18816"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7065"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="28844"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="11085"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="12466"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="25543"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13405"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="17002"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12513"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="27777"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10988"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="22706"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="15438"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12520"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="17504"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="29397"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="61235"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="23587"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="22667"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="51686"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="9549"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="16771"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12120"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7912"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="7347"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="14904"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="6793"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12490"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="7343"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="10048"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13019"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12989"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="9995"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="191399"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="224559"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="49001"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="22022"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="486981"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="62651"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="8326"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="7536"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="20176"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="18404"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="18123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="16369"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4383"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="11533"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12717"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="11552"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="24731"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="22547"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13085"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="11751"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13476"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12086"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="28094"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="25645"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="14695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="13285"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="22588"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="19732"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="61436"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="20028"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="26662"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="55715"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="30972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="11694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="11804"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="27020"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="29539"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="10020"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="11966"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="25942"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13780"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="16731"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="6011"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6803"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="14971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="14052"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="42834"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="14656"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="17988"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="37607"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="30199"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="11176"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="25812"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="15349"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="14388"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="12597"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="15617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="37004"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="15293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="12209"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="30949"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="6055"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C1"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="12714"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C2"/>
+    <s v="Number of households having the exclusive use of one motor car"/>
+    <s v="Number"/>
+    <n v="4483"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C3"/>
+    <s v="Number of households having the exclusive use of two motor cars"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C4"/>
+    <s v="Number of households having the exclusive use of three motor cars"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C5"/>
+    <s v="Number of households having the exclusive use of four or more motor cars"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C6"/>
+    <s v="Total households having at least one motor car"/>
+    <s v="Number"/>
+    <n v="11260"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C7"/>
+    <s v="Total households not having a motor car"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1222C8"/>
+    <s v="Percentage of households having at least one motor car"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+</pivotCacheRecords>
 </file>