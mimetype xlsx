--- v1 (2026-01-03)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c8901e0e794cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68c987b298594ff5ad3253ae4434ab28.psmdcp" Id="R6eb6ad7014cf4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad03c76e34f41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30de7dc3658f44fe9bc05d172b032b15.psmdcp" Id="Rcecbb1ee268041e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>