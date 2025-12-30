--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada256b9569b4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4042add59ed44415a54c007709e58531.psmdcp" Id="R4b65ecca0bcd4cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8166b14d2e6f4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2a2b38ea0ba4120a7723781a3b7af02.psmdcp" Id="Rdea3e7e25e4a4db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1210</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in their Usual Residence on Census Night</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Persons at work excludes those who mainly work at or from home</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1210/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Travel to Work School and College</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -505,379 +505,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Travelling Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work School or College" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N865" totalsRowShown="0">
   <x:autoFilter ref="A1:N865"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02801V03370"/>
     <x:tableColumn id="8" name="Travelling Time"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="At Work School or College"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1152,51 +953,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1210/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1186,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="74.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="54.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -39483,51 +39284,51 @@
       <x:c r="K865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M865" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N865" s="0">
         <x:v>780</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39544,51 +39345,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1210"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -40482,27 +40283,13852 @@
         <x:n v="5894"/>
         <x:n v="7839"/>
         <x:n v="3156"/>
         <x:n v="18361"/>
         <x:n v="1153"/>
         <x:n v="2914"/>
         <x:n v="2172"/>
         <x:n v="5468"/>
         <x:n v="159"/>
         <x:n v="598"/>
         <x:n v="730"/>
         <x:n v="3238"/>
         <x:n v="85"/>
         <x:n v="702"/>
         <x:n v="271"/>
         <x:n v="6636"/>
         <x:n v="2024"/>
         <x:n v="1236"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742067"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437144"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295660"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128277"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459300"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290259"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113060"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28555"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493811"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90976"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104978"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33552"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308834"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18395"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40661"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24047"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121219"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127828"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13689"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54523"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176552"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10637"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177797"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52551"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35482"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10353"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65449"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37063"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13710"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51102"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9692"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12613"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22308"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18555"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100151"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28583"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18093"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32583"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19437"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26955"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5477"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13236"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160740"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42201"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30705"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12381"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51472"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30445"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11873"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46885"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7144"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25488"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4375"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8655"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17090"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528009"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108178"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73983"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49722"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84046"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25837"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146797"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28726"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26629"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12846"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121748"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54811"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54198"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6512"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52894"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5004"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209026"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54013"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33561"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11875"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46230"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35375"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11578"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46903"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11950"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33702"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18589"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29427"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15053"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19122"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142510"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37970"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25672"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10550"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43788"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27219"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10718"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43942"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7618"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14203"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177854"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50151"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33969"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9324"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62580"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52980"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12018"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23188"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18602"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245980"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63497"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44195"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19334"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73152"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44179"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18221"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78247"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15586"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44355"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5848"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9582"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24802"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989944"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224338"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147156"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58263"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238985"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148666"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57185"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13161"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261029"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46417"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51672"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15236"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176046"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19832"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11001"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68808"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79567"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37146"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128363"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16492"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101786"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17348"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34755"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18938"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26442"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12695"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13909"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58791"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14647"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8914"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9959"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13988"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91671"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15256"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26967"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15662"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24728"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12910"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289256"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55793"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37112"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24099"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39698"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31370"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13489"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76967"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14720"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6437"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67864"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29761"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30227"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8001"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36738"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121852"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27804"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16813"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23941"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18263"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5846"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24471"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19956"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18742"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9412"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13963"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82023"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19334"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23452"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5501"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23805"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14338"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3767"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10440"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102891"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25733"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33817"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18196"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7009"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27912"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13175"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5398"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13879"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141674"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32374"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22188"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38782"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22392"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9149"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42716"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25994"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6344"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752123"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212806"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148504"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70014"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220315"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141593"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55875"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15394"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232782"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44559"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53306"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18316"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132788"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8789"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13046"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52411"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5971"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48261"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7630"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17377"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48189"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15220"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8974"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76011"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25599"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18134"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6012"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30694"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18125"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24660"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9613"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41360"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13936"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15010"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12967"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5605"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69069"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20500"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24505"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22157"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238753"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52385"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36871"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25623"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44348"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12348"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69830"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14006"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13563"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6409"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53884"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25050"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23971"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16156"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87174"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26209"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16748"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6623"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22289"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17112"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22432"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6026"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13746"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5641"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60487"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18636"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12844"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20336"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13333"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20137"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4483"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10471"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74963"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24418"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17272"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28763"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17335"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6911"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25068"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104306"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31123"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22007"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34370"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21787"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18361"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C1210"/>
+    <s v="Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+</pivotCacheRecords>
 </file>