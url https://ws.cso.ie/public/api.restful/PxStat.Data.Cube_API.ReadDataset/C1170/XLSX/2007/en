--- v0 (2025-11-07)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa4df61dacf4d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93d880a6ca2045ccbf981b6fbfe33265.psmdcp" Id="Rd1defa6363cf4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c56645bd0674c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff1c884cafb048d1bbd472825ff3db8b.psmdcp" Id="Rca99a50661fc48e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1170</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1170/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,347 +469,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02731V03299" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Voluntary Activity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02731V03299"/>
     <x:tableColumn id="8" name="Voluntary Activity"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1082,51 +901,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1170/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1313,51 +1132,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="56.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11419,51 +11238,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>310576</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11480,51 +11299,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1170"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -11849,27 +11668,3724 @@
         <x:n v="2370"/>
         <x:n v="38609"/>
         <x:n v="1033"/>
         <x:n v="8323"/>
         <x:n v="379"/>
         <x:n v="374"/>
         <x:n v="228"/>
         <x:n v="69"/>
         <x:n v="319"/>
         <x:n v="7290"/>
         <x:n v="38400"/>
         <x:n v="348976"/>
         <x:n v="16907"/>
         <x:n v="13331"/>
         <x:n v="6031"/>
         <x:n v="3400"/>
         <x:n v="11447"/>
         <x:n v="310576"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97328"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34013"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20193"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37262"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21735"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361538"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45725"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16443"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12146"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10764"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139745"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90627"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25430"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26231"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23656"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264049"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103697"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38044"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26802"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30815"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546551"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44298"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19814"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11105"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318722"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38919"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13125"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9926"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13598"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10224"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260089"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12962"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125340"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26047"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8244"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122406"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26865"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9226"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120690"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22019"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63910"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25838"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20370"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14431"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540995"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57085"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251954"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16943"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28328"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11111"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194869"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27395"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104782"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8748"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77387"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33032"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126955"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6468"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15066"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93923"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33766"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195298"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10019"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15613"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161532"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33402"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281190"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247788"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21227"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164834"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9964"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143607"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82547"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74978"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16655"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98456"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7774"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81801"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17528"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99609"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82081"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16573"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14729"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25510"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255929"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230419"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40243"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206912"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17070"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10624"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166669"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18330"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80688"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62358"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57595"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227721"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22030"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18962"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11165"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16283"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170126"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69931"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454950"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28025"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20517"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18960"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385019"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81830"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70934"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17692"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134174"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116482"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55755"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50362"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49997"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40605"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47946"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38609"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8323"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38400"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348976"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16907"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11447"/>
+  </r>
+  <r>
+    <s v="C1170"/>
+    <s v="Population aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310576"/>
+  </r>
+</pivotCacheRecords>
 </file>