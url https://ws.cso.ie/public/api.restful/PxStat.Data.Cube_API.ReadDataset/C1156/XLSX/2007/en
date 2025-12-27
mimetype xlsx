--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0288fbc612c44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f8f3d29908b40afa9975635d82f08ab.psmdcp" Id="R77b1e9453fa4453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2ecec9635948b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/725894e1237049d89c267e2c79b14b08.psmdcp" Id="Re88cf14677cc43f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1156</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 years and over who Attained a Third Level Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1156/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,339 +484,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L196" totalsRowShown="0">
   <x:autoFilter ref="A1:L196"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02750V03319"/>
     <x:tableColumn id="6" name="Subject"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1089,51 +914,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1156/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1320,51 +1145,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L196"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="41.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8804,51 +8629,51 @@
       <x:c r="I196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>5088</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8865,51 +8690,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L196" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1156"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -9153,27 +8978,2758 @@
         <x:n v="867"/>
         <x:n v="193"/>
         <x:n v="93"/>
         <x:n v="284"/>
         <x:n v="4561"/>
         <x:n v="3118"/>
         <x:n v="420"/>
         <x:n v="237"/>
         <x:n v="786"/>
         <x:n v="318"/>
         <x:n v="32"/>
         <x:n v="30"/>
         <x:n v="81"/>
         <x:n v="28764"/>
         <x:n v="19349"/>
         <x:n v="2945"/>
         <x:n v="1382"/>
         <x:n v="5088"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7498"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44734"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30602"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7494"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15970"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6922"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28764"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19349"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1156"/>
+    <s v="Carers Aged 15 years and over who Attained a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+</pivotCacheRecords>
 </file>