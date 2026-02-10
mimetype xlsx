--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2ecec9635948b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/725894e1237049d89c267e2c79b14b08.psmdcp" Id="Re88cf14677cc43f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb226c825a4f14b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34c4d93dfa894c17af626bb3b79847ca.psmdcp" Id="R2a333ad1894141a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>