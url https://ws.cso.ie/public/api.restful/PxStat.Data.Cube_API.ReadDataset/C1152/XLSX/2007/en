--- v0 (2025-10-05)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab64572a2601426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eccdd17e99640bd8c781b5c9a739a77.psmdcp" Id="R30cd2cde7fc64c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57355bae90534c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d3fe83d67bc41faa7849dff3f79b941.psmdcp" Id="R760cb0144ebd4f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1152</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1152/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,339 +466,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L217" totalsRowShown="0">
   <x:autoFilter ref="A1:L217"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1071,51 +896,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1152/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1302,51 +1127,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -9584,51 +9409,51 @@
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>6809</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9645,51 +9470,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1152"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -9958,27 +9783,3052 @@
         <x:n v="3690"/>
         <x:n v="2002"/>
         <x:n v="437"/>
         <x:n v="1056"/>
         <x:n v="47946"/>
         <x:n v="4262"/>
         <x:n v="1850"/>
         <x:n v="269"/>
         <x:n v="8323"/>
         <x:n v="210"/>
         <x:n v="58"/>
         <x:n v="26"/>
         <x:n v="185"/>
         <x:n v="348976"/>
         <x:n v="15779"/>
         <x:n v="6429"/>
         <x:n v="1016"/>
         <x:n v="6809"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22299"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14538"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21535"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31627"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19778"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14196"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7574"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14077"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23802"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9893"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251954"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9338"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6410"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104782"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4006"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126955"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195298"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6642"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281190"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8746"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164834"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82547"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98456"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99609"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16573"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255929"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206912"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12961"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8128"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80688"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227721"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16200"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454950"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24985"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15733"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81830"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5450"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134174"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55755"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49997"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47946"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8323"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348976"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15779"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C1152"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6809"/>
+  </r>
+</pivotCacheRecords>
 </file>