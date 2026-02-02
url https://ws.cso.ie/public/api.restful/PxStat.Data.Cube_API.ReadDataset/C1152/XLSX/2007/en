--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57355bae90534c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d3fe83d67bc41faa7849dff3f79b941.psmdcp" Id="R760cb0144ebd4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa46725aaad441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27f4321eedea4634990b6714064c3c2b.psmdcp" Id="Rb2325b23cdba451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>