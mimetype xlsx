--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37888a4a59934b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33febb3a288f43a298c91911b3dda92a.psmdcp" Id="R5a9624dbaa074547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c8363814744e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6b0896ad4e1419baf8175d9bc389f0f.psmdcp" Id="Rc7816c6f5d254805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1150</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1150/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -562,451 +562,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L469" totalsRowShown="0">
   <x:autoFilter ref="A1:L469"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1279,51 +1020,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1150/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1510,51 +1251,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19368,51 +19109,51 @@
       <x:c r="I469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>7431</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19429,51 +19170,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1150"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19951,27 +19692,6580 @@
         <x:n v="1907"/>
         <x:n v="281"/>
         <x:n v="2296"/>
         <x:n v="61"/>
         <x:n v="3"/>
         <x:n v="389"/>
         <x:n v="0"/>
         <x:n v="68289"/>
         <x:n v="3215"/>
         <x:n v="1806"/>
         <x:n v="473"/>
         <x:n v="670"/>
         <x:n v="822808"/>
         <x:n v="49557"/>
         <x:n v="33713"/>
         <x:n v="5674"/>
         <x:n v="2739"/>
         <x:n v="7431"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85345"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36886"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75390"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23455"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69416"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170523"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122792"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109379"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175880"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194106"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77895"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57733"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91883"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7075"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5061"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17208"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40273"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193916"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10276"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79710"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57321"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159525"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90544"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61005"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9941"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14068"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77379"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35610"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73607"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17325"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51836"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166230"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71149"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97408"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29728"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89819"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40854"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32188"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44342"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21383"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60667"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22950"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24380"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91236"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40987"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27292"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146152"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8760"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104287"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12009"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72413"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18890"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133249"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8106"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56760"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32941"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68289"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49557"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33713"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5674"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="C1150"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+</pivotCacheRecords>
 </file>