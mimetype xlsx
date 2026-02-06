--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c8363814744e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6b0896ad4e1419baf8175d9bc389f0f.psmdcp" Id="Rc7816c6f5d254805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e5f3e9b7b240ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61686c7fd9e74c2d9743bce98f951e34.psmdcp" Id="R0b67799c061143dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>