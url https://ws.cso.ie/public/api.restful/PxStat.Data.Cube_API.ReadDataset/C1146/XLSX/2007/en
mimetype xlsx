--- v0 (2025-10-05)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02441de309042d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30022c7b70e4446797fea990927dc429.psmdcp" Id="Rddaaf27efb9943d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0bf68b1c404fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2808b004e3e498c9576227011bfea6a.psmdcp" Id="R3e73214c7b964a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1146</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1146/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,371 +496,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N811" totalsRowShown="0">
   <x:autoFilter ref="A1:N811"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02704V03272"/>
     <x:tableColumn id="6" name="Principal Economic Status"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1135,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1146/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N811"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -37088,51 +36895,51 @@
       <x:c r="K811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M811" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N811" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37149,51 +36956,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N811" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1146"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="5">
         <x:s v="All ages"/>
         <x:s v="15 - 24 years"/>
@@ -37855,27 +37662,12988 @@
         <x:n v="2781"/>
         <x:n v="143121"/>
         <x:n v="5024"/>
         <x:n v="2083"/>
         <x:n v="2195"/>
         <x:n v="24974"/>
         <x:n v="640"/>
         <x:n v="52"/>
         <x:n v="10029"/>
         <x:n v="291"/>
         <x:n v="14945"/>
         <x:n v="349"/>
         <x:n v="150"/>
         <x:n v="2115"/>
         <x:n v="74"/>
         <x:n v="473"/>
         <x:n v="1642"/>
         <x:n v="16"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90544"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61005"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9941"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14068"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40987"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27292"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49557"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33713"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5674"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5972"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387014"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34062"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13406"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15301"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16714"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370300"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31699"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12949"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13770"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377927"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15023"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6277"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206520"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7821"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171407"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138382"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6026"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70562"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67820"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632732"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321007"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311725"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250098"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139480"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110618"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16838"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9474"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7364"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30284"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16974"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13310"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317201"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150371"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166830"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11124"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345873"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57599"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35671"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681988"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21661"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13837"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3960"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663885"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21834"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060572"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40650"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27939"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593373"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12270"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467199"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22485"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71666"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42510"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29156"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28736"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13078"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15658"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133194"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126704"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9998"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33740"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16917"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16823"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928868"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72880"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42038"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8216"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18625"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468037"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26278"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460831"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46602"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12405"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585559"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43959"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349584"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19661"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13050"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235975"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24298"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48134"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30721"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17413"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148302"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17544"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7256"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141063"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16263"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63966"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36455"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27511"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74705"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40734"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33971"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467926"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18152"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8819"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207095"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7143"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260831"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5507"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94394"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91947"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312342"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169221"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143121"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24974"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14945"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1146"/>
+    <s v="Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+</pivotCacheRecords>
 </file>