--- v0 (2025-10-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b4cbd6280c4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94ac8d9ca52743da9d673cd554c003d0.psmdcp" Id="R60a84b00298f45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf736f27982e49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00a5818085db4924b1bb4888155305d8.psmdcp" Id="R8820993732bc4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1144</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1144/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N526" totalsRowShown="0">
   <x:autoFilter ref="A1:N526"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Detailed Marital Status"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1144/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N526"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -24500,51 +24325,51 @@
       <x:c r="K526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N526" s="0">
         <x:v>1069</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24561,51 +24386,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N526" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1144"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -25129,27 +24954,8428 @@
         <x:n v="669"/>
         <x:n v="5507"/>
         <x:n v="1323"/>
         <x:n v="625"/>
         <x:n v="94"/>
         <x:n v="473"/>
         <x:n v="6855"/>
         <x:n v="2107"/>
         <x:n v="495"/>
         <x:n v="381"/>
         <x:n v="3872"/>
         <x:n v="244"/>
         <x:n v="109"/>
         <x:n v="24"/>
         <x:n v="93"/>
         <x:n v="2587"/>
         <x:n v="1104"/>
         <x:n v="1069"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44784"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27320"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100619"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57659"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27335"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9702"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20190"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12251"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36565"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21853"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24594"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64054"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35806"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6877"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18190"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6416"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4783"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19363"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12257"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11655"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11719"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38236"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23414"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9085"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26119"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16359"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14017"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8902"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24219"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14512"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17029"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10404"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45797"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27778"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10281"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33986"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21562"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16423"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10271"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29374"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17507"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22066"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13566"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27083"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14260"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20612"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11134"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7499"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17228"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8754"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13113"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18152"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8819"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12455"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7143"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5507"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1144"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+</pivotCacheRecords>
 </file>