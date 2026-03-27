--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf736f27982e49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00a5818085db4924b1bb4888155305d8.psmdcp" Id="R8820993732bc4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169cb5df042349c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42aad89c851d4658a4f0a18255f4f76f.psmdcp" Id="R468b9360ae0e4dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>