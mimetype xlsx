--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b69091fb81e402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6da42c76f7d34036a84c78e88f40c682.psmdcp" Id="R037c794bbc5d46f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b631b1914604e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/884a0f8d5b46409db5defcf9ddaf94ee.psmdcp" Id="Re5145724cc354aa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1142</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1142/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,595 +658,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1519,51 +1152,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1142/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1750,51 +1383,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31920,51 +31553,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>350</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31981,51 +31614,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1142"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32869,27 +32502,11116 @@
         <x:n v="6527"/>
         <x:n v="3466"/>
         <x:n v="741"/>
         <x:n v="402"/>
         <x:n v="24141"/>
         <x:n v="1550"/>
         <x:n v="864"/>
         <x:n v="439"/>
         <x:n v="57050"/>
         <x:n v="3550"/>
         <x:n v="1788"/>
         <x:n v="1129"/>
         <x:n v="21711"/>
         <x:n v="1427"/>
         <x:n v="814"/>
         <x:n v="164"/>
         <x:n v="99"/>
         <x:n v="350"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829711"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82111"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48111"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20463"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39779"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42243"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25278"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430357"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18356"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10315"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158794"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7544"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187018"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193355"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143326"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68705"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51895"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26928"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86699"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124681"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61695"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102511"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99057"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935102"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47324"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27608"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11969"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86977"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384268"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11610"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101254"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283014"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112587"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148112"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43168"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104944"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5114"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51921"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65693"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85544"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36970"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48574"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402869"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20948"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185624"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61264"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124360"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6843"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23052"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98430"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5440"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46791"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48972"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207717"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49751"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113838"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5698"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44128"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902517"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30593"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18427"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20193"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470692"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9630"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209313"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74749"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91926"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94704"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72104"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34622"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26677"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13741"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42816"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62946"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30802"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51173"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48954"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468273"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17843"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43928"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191229"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7420"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49046"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142183"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56798"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74286"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20962"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53324"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26365"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33237"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42430"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24304"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202522"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92784"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29188"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63596"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11853"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49719"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24090"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24076"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104815"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56788"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22417"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927194"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51518"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29684"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13432"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19586"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498832"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26422"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221044"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11233"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84045"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95092"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98651"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71222"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34083"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25218"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13187"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43883"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61735"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27114"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30893"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51338"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50103"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466829"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29481"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16760"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43049"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193039"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12218"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52208"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140831"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55789"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73826"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22206"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51620"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25556"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32456"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43114"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18844"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24270"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200347"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12688"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7053"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92840"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32076"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60764"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11199"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48711"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22701"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102902"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6527"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24141"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57050"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21711"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1142"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+</pivotCacheRecords>
 </file>