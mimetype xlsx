--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b631b1914604e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/884a0f8d5b46409db5defcf9ddaf94ee.psmdcp" Id="Re5145724cc354aa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe2e4cf764f44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d44d69733f6a41c3ab5dc689430d4105.psmdcp" Id="Rf29af039b9b74b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>