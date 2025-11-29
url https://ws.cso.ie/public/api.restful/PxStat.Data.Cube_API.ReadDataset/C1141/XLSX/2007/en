--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86bbcbed2ff14b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/598088dd326b458a9560069ee0a8bcbc.psmdcp" Id="R487f2b284f524a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfa41bcdb1c4b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/958323f98e524a34996e3aa39d6d54d3.psmdcp" Id="R1f4c7b1aa9a541ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1141</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1141/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,355 +478,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N487" totalsRowShown="0">
   <x:autoFilter ref="A1:N487"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1101,51 +920,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1141/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1332,51 +1151,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N487"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -22798,51 +22617,51 @@
       <x:c r="K487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N487" s="0">
         <x:v>2075</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22859,51 +22678,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N487" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1141"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -23444,27 +23263,7804 @@
         <x:n v="233"/>
         <x:n v="75308"/>
         <x:n v="5365"/>
         <x:n v="3078"/>
         <x:n v="558"/>
         <x:n v="1441"/>
         <x:n v="98897"/>
         <x:n v="6648"/>
         <x:n v="3691"/>
         <x:n v="711"/>
         <x:n v="374"/>
         <x:n v="1872"/>
         <x:n v="105835"/>
         <x:n v="7628"/>
         <x:n v="4278"/>
         <x:n v="843"/>
         <x:n v="432"/>
         <x:n v="2075"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366440"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10269"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4988"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195429"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5312"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330845"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17259"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42243"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25278"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367064"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9637"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287010"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362232"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17330"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496855"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25530"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14875"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2077354"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90265"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52940"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22391"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129737"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5810"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81445"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123717"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948377"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41112"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24601"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221767"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132473"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160525"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279313"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13150"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7681"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1298045"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70652"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40423"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18492"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236703"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12639"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113984"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207128"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11968"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145297"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7247"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154537"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201707"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217542"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12380"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183560"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99017"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166593"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470692"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9630"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184004"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144579"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181655"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248027"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9713"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013465"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33741"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20228"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7829"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62624"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40505"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60108"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459914"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15391"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9359"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109799"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65350"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78845"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136320"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664662"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26962"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16172"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120936"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58512"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106485"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74205"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79229"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102810"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111707"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182880"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11371"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96412"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5886"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164252"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498832"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26422"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183060"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10279"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142431"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8995"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180577"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10963"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248828"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15817"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8984"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063889"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56524"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32712"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14562"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67113"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40940"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63609"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488463"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25721"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111968"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67123"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81680"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142993"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8189"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633383"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43690"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24251"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12307"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115767"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55472"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100643"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10369"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71092"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75308"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98897"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105835"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1141"/>
+    <s v="Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+</pivotCacheRecords>
 </file>