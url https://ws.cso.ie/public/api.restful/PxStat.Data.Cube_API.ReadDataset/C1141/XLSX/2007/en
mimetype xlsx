--- v1 (2025-11-29)
+++ v2 (2026-01-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfa41bcdb1c4b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/958323f98e524a34996e3aa39d6d54d3.psmdcp" Id="R1f4c7b1aa9a541ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ad6eb7368043f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b414910e0d942ebb793d3d506bee498.psmdcp" Id="R72600e7b890444e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>