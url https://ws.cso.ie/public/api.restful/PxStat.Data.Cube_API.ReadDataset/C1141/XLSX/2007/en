--- v2 (2026-01-30)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ad6eb7368043f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b414910e0d942ebb793d3d506bee498.psmdcp" Id="R72600e7b890444e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2c24adafcf41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87d69501ef67469690a4d86a4997f38a.psmdcp" Id="Rdada96376fe04ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>