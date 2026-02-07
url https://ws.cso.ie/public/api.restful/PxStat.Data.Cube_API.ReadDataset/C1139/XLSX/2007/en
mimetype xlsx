--- v0 (2025-11-05)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006bb6d2b72d4c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f2f339d07da4beb91379ee2afe4a09a.psmdcp" Id="Rf1dc6515a4634369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1483b61a16a5487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cafab328626c4e93847c30aeaa0746c9.psmdcp" Id="R0eb13660fbab4836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1139</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1139/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L313" totalsRowShown="0">
   <x:autoFilter ref="A1:L313"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1139/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L313"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13286,51 +13093,51 @@
       <x:c r="I313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>574632</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13347,51 +13154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L313" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1139"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13761,27 +13568,4396 @@
         <x:n v="659"/>
         <x:n v="71406"/>
         <x:n v="70156"/>
         <x:n v="3837"/>
         <x:n v="2546"/>
         <x:n v="307"/>
         <x:n v="162"/>
         <x:n v="822"/>
         <x:n v="721"/>
         <x:n v="74714"/>
         <x:n v="536702"/>
         <x:n v="31784"/>
         <x:n v="18858"/>
         <x:n v="2815"/>
         <x:n v="1898"/>
         <x:n v="8213"/>
         <x:n v="6146"/>
         <x:n v="574632"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2921447"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418419"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109696"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50192"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124098"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134433"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35533"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332095"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25032"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13411"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360529"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67107"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72635"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160744"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10108"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6380"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172603"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86622"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92541"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47515"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50820"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56251"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61499"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114767"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10212"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126064"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82857"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104477"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110712"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126059"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134903"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119883"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127964"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961631"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60369"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34984"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15385"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10598"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032598"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434046"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224797"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55233"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24142"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77108"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68314"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19284"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156022"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12223"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169834"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32387"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35268"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67555"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72958"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42322"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45287"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26982"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28893"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25812"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28255"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53546"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58876"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29583"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31454"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37842"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59173"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63497"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53250"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424929"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28585"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16126"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457966"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1487401"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193622"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54463"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26050"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46990"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66119"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16249"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176073"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6957"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190695"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34720"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37367"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93189"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99645"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44300"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47254"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20533"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21927"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30439"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61221"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67188"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48623"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51403"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66635"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70484"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66886"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71406"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70156"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536702"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31784"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="C1139"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574632"/>
+  </r>
+</pivotCacheRecords>
 </file>