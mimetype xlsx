--- v0 (2025-11-14)
+++ v1 (2026-02-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ded1a4952b4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50568cfa005f4c639ba8e3118da4c97c.psmdcp" Id="Rb34e6013f2884c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e8e51a3f7447ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55d2a1fe1ee442a8b25b467a029bfdfb.psmdcp" Id="Rae11f656ea214fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1134</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Enumerated as Children in Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1134/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,347 +484,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L253" totalsRowShown="0">
   <x:autoFilter ref="A1:L253"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Type of Disability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1097,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1134/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1328,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10978,51 +10797,51 @@
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>21497</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11039,51 +10858,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1134"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Enumerated as Children in Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="430"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -11390,27 +11209,3556 @@
         <x:n v="2977"/>
         <x:n v="1526"/>
         <x:n v="2740"/>
         <x:n v="5739"/>
         <x:n v="3795"/>
         <x:n v="34061"/>
         <x:n v="7067"/>
         <x:n v="862"/>
         <x:n v="1946"/>
         <x:n v="2895"/>
         <x:n v="2855"/>
         <x:n v="1675"/>
         <x:n v="1866"/>
         <x:n v="1215"/>
         <x:n v="2208"/>
         <x:n v="3380"/>
         <x:n v="2595"/>
         <x:n v="21497"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70923"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12005"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37179"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10875"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17634"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9837"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14548"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20253"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18675"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187818"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44398"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6883"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25098"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24502"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12544"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11052"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116561"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26525"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12945"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12677"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6126"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7623"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71257"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13118"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11469"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6702"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31358"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7415"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20413"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10945"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15097"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10509"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37452"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7080"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24304"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30061"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7316"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18095"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11966"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20271"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8448"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19407"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55558"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12340"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34061"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="C1134"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21497"/>
+  </r>
+</pivotCacheRecords>
 </file>