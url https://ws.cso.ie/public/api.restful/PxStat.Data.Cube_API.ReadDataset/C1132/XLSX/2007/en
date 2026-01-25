--- v0 (2025-11-07)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb186720440948cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3904ae7e2d0b48c7a9e4e97c6a59b658.psmdcp" Id="R3f9869e9a4a04766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d23386c8dd9494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a85175296fac40e19a6e3beb48370127.psmdcp" Id="R3774d8c8e6944563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1132</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1132/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -481,379 +481,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L391" totalsRowShown="0">
   <x:autoFilter ref="A1:L391"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1126,51 +921,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1132/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1357,51 +1152,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L391"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16251,51 +16046,51 @@
       <x:c r="I391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>466555</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16312,51 +16107,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L391" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1132"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16814,27 +16609,5488 @@
         <x:n v="1395"/>
         <x:n v="6191"/>
         <x:n v="1277"/>
         <x:n v="598"/>
         <x:n v="1849"/>
         <x:n v="1187"/>
         <x:n v="1297"/>
         <x:n v="59479"/>
         <x:n v="231469"/>
         <x:n v="114463"/>
         <x:n v="12207"/>
         <x:n v="53496"/>
         <x:n v="11453"/>
         <x:n v="4856"/>
         <x:n v="17202"/>
         <x:n v="8915"/>
         <x:n v="12494"/>
         <x:n v="466555"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237432"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827536"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68647"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306729"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126270"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43738"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330015"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123316"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155590"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94442"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9223"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40269"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9074"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17044"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9589"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345024"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34693"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15416"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66896"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79985"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30054"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17269"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147849"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33641"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27095"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87857"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17534"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20949"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57847"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16420"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13396"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7932"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4383"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49336"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50915"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32631"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12153"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113059"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33927"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12480"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6913"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61491"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48440"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16515"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9874"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86982"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52471"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28615"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13335"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111506"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53920"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25698"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11832"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106160"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421946"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222849"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23800"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107134"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38333"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17751"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888983"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613789"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916721"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34261"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144457"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63143"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22497"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175113"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23385"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63506"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056872"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74219"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47506"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4641"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20242"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170321"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16989"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8106"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33652"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33747"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12873"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8140"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64682"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17484"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16023"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48895"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10689"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13787"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36297"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8261"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23794"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24616"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55008"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12910"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17231"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33151"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25956"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12888"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55229"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22594"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11339"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5641"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46681"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190477"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108386"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53638"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12080"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21131"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8836"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11382"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422428"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623643"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910815"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34386"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162272"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63127"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21241"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154902"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19685"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59810"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2049881"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81371"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46936"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20027"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174703"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17704"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46238"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17181"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83167"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16157"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11072"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38962"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7162"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21550"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8159"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7575"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25542"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26299"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16942"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58051"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21017"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36452"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31209"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53831"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26515"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15727"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56277"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31326"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14359"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59479"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231469"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114463"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53496"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17202"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8915"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12494"/>
+  </r>
+  <r>
+    <s v="C1132"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466555"/>
+  </r>
+</pivotCacheRecords>
 </file>