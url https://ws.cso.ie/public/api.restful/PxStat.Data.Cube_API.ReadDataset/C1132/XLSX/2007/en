--- v1 (2026-01-25)
+++ v2 (2026-03-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d23386c8dd9494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a85175296fac40e19a6e3beb48370127.psmdcp" Id="R3774d8c8e6944563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c2cc8fbc5a4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/889fce17b1d3454cbf0b5b2862c5b50c.psmdcp" Id="Rdad8a7125e404833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>