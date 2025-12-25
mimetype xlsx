--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38a1f6ca4e44465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d59f04c261de477d9baf2857c8bc89bd.psmdcp" Id="R3ad40ad310c9416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f8592302b14e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f9daae0cd0241ae8f8ed878be6d40c3.psmdcp" Id="R546e1f5beb434e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1125</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Enumerated in Communal Establishments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1125/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,403 +496,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02700V03268" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Establishment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L508" totalsRowShown="0">
   <x:autoFilter ref="A1:L508"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02700V03268"/>
     <x:tableColumn id="8" name="Type of Establishment"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1165,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1125/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1396,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L508"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -20736,51 +20513,51 @@
       <x:c r="I508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>2641</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20797,51 +20574,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L508" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1125"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Enumerated in Communal Establishments"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -21274,27 +21051,7126 @@
         <x:n v="248"/>
         <x:n v="350"/>
         <x:n v="16573"/>
         <x:n v="16"/>
         <x:n v="9913"/>
         <x:n v="5184"/>
         <x:n v="183"/>
         <x:n v="363"/>
         <x:n v="125629"/>
         <x:n v="2192"/>
         <x:n v="553"/>
         <x:n v="122"/>
         <x:n v="264"/>
         <x:n v="4141"/>
         <x:n v="74384"/>
         <x:n v="39480"/>
         <x:n v="1775"/>
         <x:n v="2641"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108000"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30528"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6643"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23317"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22689"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5681"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38861"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18837"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25494"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13744"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22548"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12802"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11049"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6437"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13878"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18246"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25173"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14990"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8569"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27699"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16277"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26101"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14911"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8811"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26732"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204902"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114596"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69488"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52276"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16020"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15856"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8981"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5951"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5576"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10159"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79273"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40212"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30008"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55724"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14508"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15084"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12574"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23005"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12090"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9356"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13567"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11044"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16068"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17504"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9569"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16573"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of establishments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125629"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Hotel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Guest house, boarding house or B&amp;B"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Tourist/youth hostel or campsite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Educational establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Religious community"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Nursing home/children's home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74384"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Hospital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39480"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Defence establishment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Prison"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Shelter or refuge (including accommodation for homeless persons)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Civilian ships, boats and barges"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1125"/>
+    <s v="Population Enumerated in Communal Establishments"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="Other, including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+</pivotCacheRecords>
 </file>