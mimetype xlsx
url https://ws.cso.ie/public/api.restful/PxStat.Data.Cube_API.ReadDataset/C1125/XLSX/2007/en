--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f8592302b14e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f9daae0cd0241ae8f8ed878be6d40c3.psmdcp" Id="R546e1f5beb434e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbfdae89735483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/166462bce610452a8b49a85b11488d5a.psmdcp" Id="R778d563d1c0b4dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>