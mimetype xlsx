--- v0 (2025-11-16)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bb732058c642a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7d0895714994450aab16ef2c9137e90.psmdcp" Id="R70daf025d09746dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d245e9f2dc74951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3315d06d930c4eb291f1c54d0531545c.psmdcp" Id="R69dcc7c2ed4d4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1123</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1123/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -523,395 +523,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject in which Qualification is Held" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L469" totalsRowShown="0">
   <x:autoFilter ref="A1:L469"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Subject in which Qualification is Held"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1184,51 +967,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1123/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1415,51 +1198,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="122.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19273,51 +19056,51 @@
       <x:c r="I469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>62458</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19334,51 +19117,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1123"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19870,27 +19653,6580 @@
         <x:n v="86"/>
         <x:n v="2216"/>
         <x:n v="468"/>
         <x:n v="389"/>
         <x:n v="8247"/>
         <x:n v="8144"/>
         <x:n v="7275"/>
         <x:n v="7099"/>
         <x:n v="1728"/>
         <x:n v="2992"/>
         <x:n v="842"/>
         <x:n v="606"/>
         <x:n v="16563"/>
         <x:n v="3500"/>
         <x:n v="3037"/>
         <x:n v="9213"/>
         <x:n v="1459"/>
         <x:n v="62458"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5996"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7446"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50857"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17329"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23780"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7829"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13808"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14007"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11256"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12695"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14531"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19656"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16954"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111122"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3628"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5943"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9079"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48664"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27559"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13039"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8247"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16563"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9213"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C1123"/>
+    <s v="Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62458"/>
+  </r>
+</pivotCacheRecords>
 </file>