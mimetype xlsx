--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16ebebbb36a48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94848d3cb2db4fc6bf9468d3afc0825b.psmdcp" Id="R91c4e874eb594914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01a844ac3ef419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdee90913cf144cd9ca93ad5c9f620d6.psmdcp" Id="Rb4ec47e73d3f4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1122</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1122/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,387 +493,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L430" totalsRowShown="0">
   <x:autoFilter ref="A1:L430"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1146,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1122/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1377,51 +1166,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L430"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17753,51 +17542,51 @@
       <x:c r="I430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>19172</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17814,51 +17603,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L430" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1122"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -18355,27 +18144,6034 @@
         <x:n v="11474"/>
         <x:n v="3955"/>
         <x:n v="4440"/>
         <x:n v="6313"/>
         <x:n v="3706"/>
         <x:n v="1654"/>
         <x:n v="2052"/>
         <x:n v="574632"/>
         <x:n v="538031"/>
         <x:n v="240695"/>
         <x:n v="96789"/>
         <x:n v="85191"/>
         <x:n v="29254"/>
         <x:n v="33226"/>
         <x:n v="52876"/>
         <x:n v="36601"/>
         <x:n v="17429"/>
         <x:n v="19172"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360529"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329255"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131781"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64604"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60648"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20679"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29945"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21598"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14352"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72635"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67855"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30634"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11343"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172603"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165083"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77648"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30601"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26260"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7571"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13483"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92541"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79575"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38306"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13833"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11099"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8791"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8478"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50820"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38901"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21720"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8261"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61499"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55751"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19723"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126064"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117345"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40946"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21363"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22968"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9127"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14897"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82857"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79164"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41844"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11691"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110712"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105214"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56637"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16257"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13220"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11136"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134903"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126719"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55516"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25872"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22094"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9313"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127964"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120732"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55697"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21459"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19413"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9936"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032598"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956339"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438671"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171169"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150890"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47032"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63741"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84836"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76259"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38301"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37958"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169834"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153629"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63292"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29988"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28289"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8404"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14808"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8848"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35268"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32848"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14830"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72958"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69407"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33589"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12588"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11023"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45287"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37851"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18685"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6923"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28893"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12106"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28255"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9431"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58876"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54736"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20198"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9887"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10677"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7346"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31454"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29695"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16456"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37616"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21456"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63497"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59233"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27434"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12223"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9999"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53250"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49724"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23791"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457966"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418308"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197976"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74380"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65699"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17778"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30515"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31960"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39658"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20872"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18786"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190695"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175626"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68489"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34616"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32359"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15137"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12750"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37367"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35007"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15804"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6296"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99645"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95676"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44059"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18013"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15237"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47254"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41724"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19621"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21927"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17177"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9614"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30277"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5926"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67188"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62609"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20748"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11476"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12291"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51403"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49469"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25388"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70484"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67598"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35181"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11101"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8915"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7327"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71406"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67486"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28082"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71008"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31906"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12920"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11474"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574632"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538031"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240695"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96789"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85191"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29254"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33226"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52876"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36601"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="C1122"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+</pivotCacheRecords>
 </file>