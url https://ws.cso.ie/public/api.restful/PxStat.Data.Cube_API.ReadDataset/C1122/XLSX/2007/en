--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01a844ac3ef419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdee90913cf144cd9ca93ad5c9f620d6.psmdcp" Id="Rb4ec47e73d3f4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb10cd2d42e4a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce585f6f0e98449fa8f1305352e12a7a.psmdcp" Id="Rbb71cdd58b934a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>