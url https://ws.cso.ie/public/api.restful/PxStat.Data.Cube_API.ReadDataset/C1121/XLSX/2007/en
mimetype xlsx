--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6108be7045947f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d57483336a824e9584955df88cf82641.psmdcp" Id="R038a0f8d21924a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra528303b6e684c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f9c7b900ae54919920a230edfeb9b1c.psmdcp" Id="Rc6f9873745de4bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1121</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1121/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -538,443 +538,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L703" totalsRowShown="0">
   <x:autoFilter ref="A1:L703"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1247,51 +994,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1121/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1478,51 +1225,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L703"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="57.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28228,51 +27975,51 @@
       <x:c r="I703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L703" s="0">
         <x:v>19172</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28289,51 +28036,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L703" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1121"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -29108,27 +28855,9856 @@
         <x:n v="574632"/>
         <x:n v="538031"/>
         <x:n v="139021"/>
         <x:n v="46034"/>
         <x:n v="61724"/>
         <x:n v="36865"/>
         <x:n v="55135"/>
         <x:n v="13502"/>
         <x:n v="9601"/>
         <x:n v="9651"/>
         <x:n v="7639"/>
         <x:n v="4609"/>
         <x:n v="3435"/>
         <x:n v="14970"/>
         <x:n v="135845"/>
         <x:n v="36601"/>
         <x:n v="17429"/>
         <x:n v="19172"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322345"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190022"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340246"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296000"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442181"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144780"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123595"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150786"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131246"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83598"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57742"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148788"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419004"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360529"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329255"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80957"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30118"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41133"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24788"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35101"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6444"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13398"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65315"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14352"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72635"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67855"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19213"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6461"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14484"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172603"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165083"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48899"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16042"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20411"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10608"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14314"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37464"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92541"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79575"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19907"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8340"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23208"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8478"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50820"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38901"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8261"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61499"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55751"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11303"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126064"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117345"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26899"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13943"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9058"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12415"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22004"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82857"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79164"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24016"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7988"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24284"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110712"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105214"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32562"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10998"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29774"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134903"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126719"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12277"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16199"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9144"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13202"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27491"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127964"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120732"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33250"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10851"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13992"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11925"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28237"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032598"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956339"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257822"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84729"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110473"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61295"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92898"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22410"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16477"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13520"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8918"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30167"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233895"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76259"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38301"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37958"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174128"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105373"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186485"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140853"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208343"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62117"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56926"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68748"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63535"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42000"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30401"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75656"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211399"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169834"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153629"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39971"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14808"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19629"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15079"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29055"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35268"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32848"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9708"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72958"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69407"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22059"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8538"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14872"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45287"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37851"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28893"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7082"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28255"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58876"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54736"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31454"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29695"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9222"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37616"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12333"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11118"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63497"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59233"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16870"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6133"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12267"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53250"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49724"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14473"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11328"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457966"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418308"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118801"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38695"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48749"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24430"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37763"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98050"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39658"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20872"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18786"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148217"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84649"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153761"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155147"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233838"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82663"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66669"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82038"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67711"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41598"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27341"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73132"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207605"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190695"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175626"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40986"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15310"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21504"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14214"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20022"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36260"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37367"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35007"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99645"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95676"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26840"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8938"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11873"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8981"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22592"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47254"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41724"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10152"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12915"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21927"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17177"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6577"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30277"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67188"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62609"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12559"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51403"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49469"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15062"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70484"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67598"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20229"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5964"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18656"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71406"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67486"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16469"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7668"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15224"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71008"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18777"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8341"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7343"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16909"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574632"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538031"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139021"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46034"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61724"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36865"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55135"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13502"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9601"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7639"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14970"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135845"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36601"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="C1121"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+</pivotCacheRecords>
 </file>