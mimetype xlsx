--- v0 (2025-11-05)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e96a213cca4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/057f029a1b34483a8603f35c2ebd6c64.psmdcp" Id="Ra35c3395f2d245a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345f003924be494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fec249ead2d42aba23ea3a7677dccfb.psmdcp" Id="R6c6db27fb881403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1119</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1119/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,435 +532,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1233,51 +986,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1119/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1464,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="47.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26162,51 +25915,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>3269</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26223,51 +25976,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1119"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26930,27 +26683,9100 @@
         <x:n v="377"/>
         <x:n v="736"/>
         <x:n v="1111"/>
         <x:n v="511"/>
         <x:n v="175"/>
         <x:n v="184"/>
         <x:n v="23"/>
         <x:n v="2974"/>
         <x:n v="7206"/>
         <x:n v="397"/>
         <x:n v="174"/>
         <x:n v="552"/>
         <x:n v="1370"/>
         <x:n v="309"/>
         <x:n v="520"/>
         <x:n v="341"/>
         <x:n v="40"/>
         <x:n v="3269"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360529"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29845"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26341"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51074"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29682"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28579"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17322"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16594"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134493"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329255"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10290"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23753"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46317"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27486"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26424"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16170"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11062"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15878"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122291"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80957"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8199"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7057"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33670"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30118"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10928"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41133"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13494"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24788"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35101"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9544"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6444"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13398"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65315"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38842"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12202"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14352"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169834"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15959"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9911"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18545"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18440"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15055"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56911"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153629"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14191"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8611"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16269"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17064"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13870"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50952"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39971"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14167"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14808"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19629"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15079"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29055"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16067"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190695"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16430"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32529"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11242"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13524"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8072"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77582"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175626"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30048"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10422"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12554"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7556"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71339"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40986"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19503"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15310"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21504"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14214"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20022"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5348"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36260"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22775"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1119"/>
+    <s v=" Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+</pivotCacheRecords>
 </file>