--- v1 (2026-01-30)
+++ v2 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345f003924be494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fec249ead2d42aba23ea3a7677dccfb.psmdcp" Id="R6c6db27fb881403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37c70008c8a34f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/121fd8343dc2429ca3e6c9fa2f85b81b.psmdcp" Id="Rd64bad6b7a804ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>