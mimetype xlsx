--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e062bb33e45481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cf512fd6ab541408a278caf7a7e62cf.psmdcp" Id="R44b04af09ed441dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8101d83dae4dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a89ed01947448d2b231991cf61f07c8.psmdcp" Id="Rab7d0c2aab3b4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1117</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1117/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1117/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12360,51 +12173,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>42421</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12421,51 +12234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1117"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12813,27 +12626,4060 @@
         <x:n v="4332"/>
         <x:n v="3712"/>
         <x:n v="1854"/>
         <x:n v="6854"/>
         <x:n v="1174"/>
         <x:n v="16707"/>
         <x:n v="83172"/>
         <x:n v="4046"/>
         <x:n v="1505"/>
         <x:n v="6638"/>
         <x:n v="11214"/>
         <x:n v="3272"/>
         <x:n v="4432"/>
         <x:n v="3728"/>
         <x:n v="1469"/>
         <x:n v="3792"/>
         <x:n v="655"/>
         <x:n v="42421"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393785"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35676"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13406"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29624"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56955"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32491"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30954"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18430"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17419"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142423"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191017"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19708"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11957"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22361"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20235"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16568"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9938"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61848"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202768"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15968"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34594"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14386"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80575"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33256"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21183"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12073"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29047"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9015"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16259"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12788"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34826"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10472"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17640"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17186"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43500"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14174"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21242"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7463"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22258"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6711"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52601"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18005"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9704"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26130"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62298"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23699"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33137"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29161"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10823"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138257"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15010"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10170"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8764"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7440"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59128"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55085"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16707"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83172"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11214"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C1117"/>
+    <s v="Population with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42421"/>
+  </r>
+</pivotCacheRecords>
 </file>