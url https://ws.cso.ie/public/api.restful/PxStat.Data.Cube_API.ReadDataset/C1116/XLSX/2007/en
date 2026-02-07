--- v0 (2025-11-05)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb5be8bba914501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f58953b92865402ca8c503dc36db7ea0.psmdcp" Id="R34027d036a644222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb7c56d9e6a4ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b97cdbb0a36b48e08ae083f78ee4f691.psmdcp" Id="R40a350a6663d4389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1116</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1116/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,355 +469,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Type of Disability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1090,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1116/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12339,51 +12152,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>285478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12400,51 +12213,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1116"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -12793,27 +12606,4060 @@
         <x:n v="19865"/>
         <x:n v="15762"/>
         <x:n v="19804"/>
         <x:n v="29755"/>
         <x:n v="23187"/>
         <x:n v="200623"/>
         <x:n v="79688"/>
         <x:n v="16676"/>
         <x:n v="46850"/>
         <x:n v="26619"/>
         <x:n v="13329"/>
         <x:n v="16612"/>
         <x:n v="26745"/>
         <x:n v="29233"/>
         <x:n v="38577"/>
         <x:n v="34381"/>
         <x:n v="36456"/>
         <x:n v="285478"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393785"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76832"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177085"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113133"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70869"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64955"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134517"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88318"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117171"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140910"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135988"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119778"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191017"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37577"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75447"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59304"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42551"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30692"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63722"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34802"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44246"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67294"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58192"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513827"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202768"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39255"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101638"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53829"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28318"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34263"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70795"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53516"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72925"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73616"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77796"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605951"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14874"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33929"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18898"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15031"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75711"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14464"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29591"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18890"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11810"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29106"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18573"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22417"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24246"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192154"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38130"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13573"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10555"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14199"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10805"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11181"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94111"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37581"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16018"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14907"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7685"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13065"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98043"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49485"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9205"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19309"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12106"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17095"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10547"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14536"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14980"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120613"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6590"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49972"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28909"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12136"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10309"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9219"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70641"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52260"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10762"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21864"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13206"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9096"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16515"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11596"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16634"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15001"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130032"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30122"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11106"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8190"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9374"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7348"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69822"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6468"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60210"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39425"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16501"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10239"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5943"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12344"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12687"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99433"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20618"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6304"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49893"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18807"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6323"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6062"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49540"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21004"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10120"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6248"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57516"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30508"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27008"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141026"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27220"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75316"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49443"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29142"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31215"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46610"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44995"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58381"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64136"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59643"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486101"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61338"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10544"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28466"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22824"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15813"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19865"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15762"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19804"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29755"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23187"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200623"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79688"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16676"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46850"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26619"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13329"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16612"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26745"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29233"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38577"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34381"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36456"/>
+  </r>
+  <r>
+    <s v="C1116"/>
+    <s v="Population with a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285478"/>
+  </r>
+</pivotCacheRecords>
 </file>