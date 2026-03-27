--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb7c56d9e6a4ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b97cdbb0a36b48e08ae083f78ee4f691.psmdcp" Id="R40a350a6663d4389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reddf9a0bde60431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e172f73ca4c4bf3b85fea254e92646c.psmdcp" Id="Rc4cafd49e19740cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>