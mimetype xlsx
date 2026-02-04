--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdd8f8ebbde4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04c8d87f24824db5adac8c1fb46b99f1.psmdcp" Id="R11308dfda30040b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7cb29e7e13d441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e839ad3663945d885adcab250146b45.psmdcp" Id="Ra19d9f63420049f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1115</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1115/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,387 +484,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1137,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1115/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1368,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17858,51 +17647,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>287916</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17919,51 +17708,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1115"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -18461,27 +18250,6076 @@
         <x:n v="4694"/>
         <x:n v="2992"/>
         <x:n v="2092"/>
         <x:n v="2803"/>
         <x:n v="511"/>
         <x:n v="36750"/>
         <x:n v="605951"/>
         <x:n v="40192"/>
         <x:n v="13382"/>
         <x:n v="44498"/>
         <x:n v="85028"/>
         <x:n v="33433"/>
         <x:n v="38054"/>
         <x:n v="23980"/>
         <x:n v="15480"/>
         <x:n v="20197"/>
         <x:n v="3791"/>
         <x:n v="287916"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393785"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35676"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13406"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29624"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56955"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32491"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30954"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18430"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17419"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142423"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76832"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7035"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27404"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177085"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12123"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10651"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22339"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14045"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13041"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9177"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75990"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113133"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14225"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7989"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49844"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70869"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9141"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29432"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64955"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8592"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31441"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134517"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13194"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12480"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19464"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10263"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47031"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88318"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45323"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117171"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58816"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140910"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9736"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16825"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9959"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64758"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135988"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10006"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9146"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17163"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9262"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8981"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5699"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60125"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119778"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84660"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30221"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72495"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139764"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80917"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78103"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49728"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51748"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9807"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490164"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191017"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19708"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11957"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22361"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20235"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16568"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9938"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61848"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37577"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75447"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7796"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28691"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59304"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23016"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42551"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15971"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30692"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14718"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63722"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7305"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19998"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34802"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15887"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44246"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19951"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67294"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7381"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5061"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30054"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58192"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23375"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513827"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44468"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16839"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27997"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54736"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47484"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40049"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25748"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31551"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202248"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202768"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15968"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34594"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14386"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80575"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39255"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16817"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101638"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47299"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53829"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7278"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26828"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28318"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13461"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34263"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16723"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70795"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12159"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53516"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29436"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72925"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38865"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73616"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34704"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77796"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36750"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605951"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40192"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13382"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44498"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85028"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33433"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38054"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23980"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15480"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20197"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="C1115"/>
+    <s v="Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287916"/>
+  </r>
+</pivotCacheRecords>
 </file>