--- v0 (2025-11-05)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c728a356084dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/578717d0e61a46399878138920c3770d.psmdcp" Id="R36cca3df8274492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdd1445d83846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0b2bbd7eb2b49cda80e73966e8da9d7.psmdcp" Id="Rd9d1d5af0c0e4e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1114</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population At Work Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1114/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -529,411 +529,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L547" totalsRowShown="0">
   <x:autoFilter ref="A1:L547"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Broad Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1206,51 +977,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1114/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1437,51 +1208,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L547"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="85.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -22259,51 +22030,51 @@
       <x:c r="I547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>55605</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22320,51 +22091,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L547" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1114"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population At Work Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22939,27 +22710,7672 @@
         <x:n v="1207"/>
         <x:n v="350"/>
         <x:n v="896"/>
         <x:n v="5942"/>
         <x:n v="690"/>
         <x:n v="3873"/>
         <x:n v="599"/>
         <x:n v="6961"/>
         <x:n v="3296"/>
         <x:n v="1429"/>
         <x:n v="2267"/>
         <x:n v="4476"/>
         <x:n v="3421"/>
         <x:n v="5601"/>
         <x:n v="11375"/>
         <x:n v="3343"/>
         <x:n v="8274"/>
         <x:n v="55605"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89277"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262223"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215184"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257309"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100731"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105705"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85413"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180973"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101264"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127476"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191219"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132910"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6147"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7199"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9372"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77800"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15805"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18171"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13595"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10855"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30031"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11501"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13297"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15631"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9565"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19386"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133933"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80103"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184930"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203350"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133544"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44575"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78528"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100061"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57239"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37920"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35530"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82208"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45551"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10165"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10394"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8593"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16839"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6817"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9115"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11112"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78328"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77293"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123765"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56156"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27177"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49511"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80912"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44025"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89556"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155689"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50702"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32249"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="15A"/>
+    <s v="Manufacturing industries, mining, quarrying, turf production, electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11375"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="C1114"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55605"/>
+  </r>
+</pivotCacheRecords>
 </file>