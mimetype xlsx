--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdd1445d83846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0b2bbd7eb2b49cda80e73966e8da9d7.psmdcp" Id="Rd9d1d5af0c0e4e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c290ee89381423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b875246985f4538afa20845863cc71d.psmdcp" Id="R0a0ba7e7587e4e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>