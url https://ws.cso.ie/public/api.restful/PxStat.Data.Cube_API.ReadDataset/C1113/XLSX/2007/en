--- v0 (2025-11-12)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0cb37febf14fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/701bc9ef15f84c4196f251866849d877.psmdcp" Id="R44bf4e8930f5421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7234b41cc084ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2120cc9d90864cceb3b746f12d9ec721.psmdcp" Id="Rc41e2eb8fa8340d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1113</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population At Work Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1113/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,507 +604,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1015" totalsRowShown="0">
   <x:autoFilter ref="A1:L1015"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1377,51 +1076,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1113/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1608,51 +1307,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1015"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -40214,51 +39913,51 @@
       <x:c r="I1015" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1015" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K1015" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L1015" s="0">
         <x:v>55605</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40275,51 +39974,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1015" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1113"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population At Work Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -41100,27 +40799,14224 @@
         <x:n v="297"/>
         <x:n v="1167"/>
         <x:n v="285"/>
         <x:n v="2524"/>
         <x:n v="562"/>
         <x:n v="9245"/>
         <x:n v="6084"/>
         <x:n v="1525"/>
         <x:n v="642"/>
         <x:n v="587"/>
         <x:n v="3684"/>
         <x:n v="1106"/>
         <x:n v="1749"/>
         <x:n v="9112"/>
         <x:n v="2644"/>
         <x:n v="2573"/>
         <x:n v="9994"/>
         <x:n v="55605"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85345"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36886"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75390"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23455"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69416"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170523"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122792"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109379"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175880"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194106"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77895"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57733"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91883"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17208"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40273"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193916"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79710"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57321"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159525"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7374"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77800"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15805"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18171"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13595"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10855"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30031"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11501"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13297"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8727"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11940"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12349"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14754"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23266"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133933"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77379"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35610"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73607"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17325"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51836"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166230"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71149"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97408"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29728"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89819"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40854"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32188"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44342"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21383"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60667"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22950"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24380"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91236"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45551"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10165"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10394"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8593"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16839"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6817"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78328"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146152"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104287"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12009"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72413"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18890"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133249"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56760"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32941"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68289"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32249"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Learning or intellectual disability"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9245"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="C1113"/>
+    <s v="Population At Work Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55605"/>
+  </r>
+</pivotCacheRecords>
 </file>