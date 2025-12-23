--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d69b3e15c954f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/147421889228423c9a6bdad1cb3449b3.psmdcp" Id="R8ccf17f65dae4197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d9021d5f4f4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f130e7e79f95428facdee3e4f476f33c.psmdcp" Id="Red5671faf42e49f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1108</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State and Percentage of Disabled Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1108/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Disability Carers and Voluntary Activities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,339 +496,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J313" totalsRowShown="0">
   <x:autoFilter ref="A1:J313"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02537V03240"/>
     <x:tableColumn id="4" name="Nationality"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1099,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1108/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1330,51 +1149,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J313"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11380,51 +11199,51 @@
       <x:c r="G313" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11441,51 +11260,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J313" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02537V03240">
       <x:sharedItems count="13">
         <x:s v="IE"/>
         <x:s v="IE05"/>
         <x:s v="GB01"/>
         <x:s v="EU25X02"/>
         <x:s v="OEUR01"/>
         <x:s v="AFR01"/>
         <x:s v="AS01"/>
@@ -11820,27 +11639,3772 @@
         <x:n v="4875"/>
         <x:n v="489"/>
         <x:n v="34"/>
         <x:n v="36"/>
         <x:n v="21019"/>
         <x:n v="1894"/>
         <x:n v="77"/>
         <x:n v="251"/>
         <x:n v="496"/>
         <x:n v="971"/>
         <x:n v="2086821"/>
         <x:n v="200891"/>
         <x:n v="12036"/>
         <x:n v="12524"/>
         <x:n v="39093"/>
         <x:n v="54688"/>
         <x:n v="82550"/>
         <x:n v="9.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="362237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="31099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="25997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="68383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="105812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="130946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="419733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="24267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="13073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="163227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="21124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="10342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="45597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="390153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="33188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="28572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="77576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="113747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="137070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1836897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="175414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="19878"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="14662"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="33823"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="55073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="51978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="223717"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12093"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="93793"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="24566"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="189262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="21152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="16048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="38483"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="59059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="54520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1869786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="186823"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="11221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="11335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="34560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="50739"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="78968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="196016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="69434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="11279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="11044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C1"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C2"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="200891"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C3"/>
+    <s v="0 - 14 years"/>
+    <s v="Number"/>
+    <n v="12036"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C4"/>
+    <s v="15 -24 years"/>
+    <s v="Number"/>
+    <n v="12524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C5"/>
+    <s v="25 - 44 years"/>
+    <s v="Number"/>
+    <n v="39093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C6"/>
+    <s v="45 -64 years"/>
+    <s v="Number"/>
+    <n v="54688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C7"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="82550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C1108C8"/>
+    <s v="Persons with a disability as % of total persons"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+</pivotCacheRecords>
 </file>