--- v1 (2025-12-23)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d9021d5f4f4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f130e7e79f95428facdee3e4f476f33c.psmdcp" Id="Red5671faf42e49f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03dd87dd7d9482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b687b0019de4d95b93a895739582b4d.psmdcp" Id="R40987ba62c104327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>