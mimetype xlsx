--- v0 (2025-11-04)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re454ac5d63cb4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61e474aaac2e4cd4a5924b25b538791d.psmdcp" Id="R4a777ef96fc44482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f5147e420449d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be8f1ae8cef646fdb4d3cafe757f92ae.psmdcp" Id="R230bb4e2ee8a4e94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1031</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1031/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,347 +484,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1097,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1031/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1328,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11434,51 +11253,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>87945</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11495,51 +11314,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1031"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -11862,27 +11681,3724 @@
         <x:n v="2204"/>
         <x:n v="272903"/>
         <x:n v="163270"/>
         <x:n v="20167"/>
         <x:n v="4041"/>
         <x:n v="3668"/>
         <x:n v="1579"/>
         <x:n v="10879"/>
         <x:n v="1521"/>
         <x:n v="184958"/>
         <x:n v="57834"/>
         <x:n v="29428"/>
         <x:n v="1748"/>
         <x:n v="4047"/>
         <x:n v="10854"/>
         <x:n v="12779"/>
         <x:n v="683"/>
         <x:n v="87945"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2921447"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418419"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109696"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50192"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124098"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134433"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35533"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2503784"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315769"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99029"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35991"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95233"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85516"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30780"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490823"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18330"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525709"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44207"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692299"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107443"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26272"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8398"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52030"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20743"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272726"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27662"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8735"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432984"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93412"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23128"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17311"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19108"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33865"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89243"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24715"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6554"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16279"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417663"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102650"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14201"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28865"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48917"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307918"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38405"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22092"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109745"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64245"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7983"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26037"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26825"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434046"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224797"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55233"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24142"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77108"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68314"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19284"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237487"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171742"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50355"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17656"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60676"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43055"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16735"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255808"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10339"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278777"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24119"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11738"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343088"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64531"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13628"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35439"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11239"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114606"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12925"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202806"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45981"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12776"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8168"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9078"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15959"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42402"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13847"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9272"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196559"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53055"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16432"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25259"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144648"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18238"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51911"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34817"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15183"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14046"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1487401"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193622"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54463"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26050"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46990"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66119"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16249"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266297"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144027"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48674"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18335"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34557"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42461"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14045"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235015"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246932"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20088"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349211"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42912"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12644"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9504"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158120"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14737"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230178"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47431"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9143"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10030"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17906"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46841"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221104"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49595"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12433"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23658"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163270"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10879"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57834"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29428"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10854"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12779"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C1031"/>
+    <s v="Population Aged 15 Years and Over Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+</pivotCacheRecords>
 </file>