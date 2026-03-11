--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f5147e420449d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be8f1ae8cef646fdb4d3cafe757f92ae.psmdcp" Id="R230bb4e2ee8a4e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd840c0da61144258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5102ec1671c4be792ac9f89521d30fb.psmdcp" Id="R7997b798dd964419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>