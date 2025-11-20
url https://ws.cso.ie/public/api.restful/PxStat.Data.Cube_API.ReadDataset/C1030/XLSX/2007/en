--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aff81b88a794b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ab98c8364b94ce1a86dadb23c9215c7.psmdcp" Id="Rc7eb2980895d4347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5582a78b9e2348e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f41e5263416140c38b3b9c82e6ef16d2.psmdcp" Id="Rc1956e6635ff44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>