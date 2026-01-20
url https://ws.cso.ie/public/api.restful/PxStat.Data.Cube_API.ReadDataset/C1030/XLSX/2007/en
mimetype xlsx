--- v1 (2025-11-20)
+++ v2 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5582a78b9e2348e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f41e5263416140c38b3b9c82e6ef16d2.psmdcp" Id="Rc1956e6635ff44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd091b6522a9d429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/041b34204d954e48a3415f38954a3cd5.psmdcp" Id="R50c7f0fe58414f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1030</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1030/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,499 +598,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject in which Qualification is Held" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L976" totalsRowShown="0">
   <x:autoFilter ref="A1:L976"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02713V03281"/>
     <x:tableColumn id="6" name="Intermediate Industrial Group"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Subject in which Qualification is Held"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1363,51 +1068,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1030/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1594,51 +1299,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L976"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="114.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="61.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -38718,51 +38423,51 @@
       <x:c r="I976" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J976" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K976" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L976" s="0">
         <x:v>328104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38779,51 +38484,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L976" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1030"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -39655,27 +39360,13678 @@
         <x:n v="1746"/>
         <x:n v="689"/>
         <x:n v="256"/>
         <x:n v="1272"/>
         <x:n v="10903"/>
         <x:n v="32509"/>
         <x:n v="35647"/>
         <x:n v="72658"/>
         <x:n v="15589"/>
         <x:n v="16991"/>
         <x:n v="8441"/>
         <x:n v="3368"/>
         <x:n v="58775"/>
         <x:n v="16662"/>
         <x:n v="20259"/>
         <x:n v="3142"/>
         <x:n v="44063"/>
         <x:n v="328104"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10879"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15138"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9936"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22132"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74040"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15627"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32998"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18243"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31046"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15369"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52578"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11214"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27084"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23454"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25165"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43560"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35118"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13070"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18059"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11195"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98870"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10249"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38353"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31579"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12689"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21784"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89032"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56950"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98374"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7179"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25165"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22117"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44023"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58039"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140803"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32067"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43590"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85738"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17183"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73363"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19103"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40104"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78859"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639465"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8744"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8082"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20221"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48547"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23559"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17592"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27199"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26227"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11959"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12524"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21099"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17717"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9466"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15266"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6401"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58422"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21157"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26724"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10915"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20084"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11457"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11214"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22392"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68145"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16478"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26599"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77297"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14588"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19845"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34796"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311361"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25493"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9439"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3540"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26351"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15125"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8578"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12641"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22461"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17401"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40448"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17196"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24870"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14956"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62308"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46035"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7920"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78290"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10903"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32509"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35647"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72658"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15589"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16991"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3368"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58775"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16662"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20259"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44063"/>
+  </r>
+  <r>
+    <s v="C1030"/>
+    <s v="Population Aged 15 Years and Over at Work with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328104"/>
+  </r>
+</pivotCacheRecords>
 </file>