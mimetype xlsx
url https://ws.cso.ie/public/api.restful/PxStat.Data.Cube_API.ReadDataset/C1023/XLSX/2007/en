--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90ea6b810a54144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71a29c71585042588c48ad7185626654.psmdcp" Id="R9025844b45e64c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7da65868bfb4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f5e77de452a4395a800997dd4324a11.psmdcp" Id="Rcdff6206b4d34853" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1023</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1023/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,347 +490,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject in which Qualification is Held" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L235" totalsRowShown="0">
   <x:autoFilter ref="A1:L235"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02750V03319"/>
     <x:tableColumn id="6" name="Subject in which Qualification is Held"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1103,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1023/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1334,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L235"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="124.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="41.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10300,51 +10119,51 @@
       <x:c r="I235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>13631</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10361,51 +10180,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L235" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -10696,27 +10515,3304 @@
         <x:n v="45784"/>
         <x:n v="44063"/>
         <x:n v="3106"/>
         <x:n v="40875"/>
         <x:n v="82"/>
         <x:n v="1721"/>
         <x:n v="3457"/>
         <x:n v="3142"/>
         <x:n v="239"/>
         <x:n v="2896"/>
         <x:n v="7"/>
         <x:n v="315"/>
         <x:n v="341735"/>
         <x:n v="328104"/>
         <x:n v="23238"/>
         <x:n v="304213"/>
         <x:n v="653"/>
         <x:n v="13631"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45502"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44023"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41941"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61867"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58039"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49174"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146079"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140803"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17562"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123090"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33450"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32067"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29446"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46484"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43590"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39981"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88881"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85738"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15206"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70429"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17795"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17183"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10887"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75053"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73363"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64832"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20223"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19103"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17645"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42114"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40104"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35612"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82044"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78859"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8295"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70431"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666758"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639465"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79250"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559098"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27293"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24109"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22392"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17694"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70634"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68145"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12897"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55186"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17212"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16478"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14638"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28282"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26599"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23790"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80066"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77297"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14509"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62703"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14186"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8162"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15000"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14588"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20840"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19845"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16974"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36260"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34796"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29556"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325023"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311361"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56012"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254885"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33455"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32509"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31418"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37758"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35647"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31480"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Humanities and arts"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75445"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72658"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67904"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16238"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15589"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14808"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5005"/>
+    <s v="Physical  science (broad programmes)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18202"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16991"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16191"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7726"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3368"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60053"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58775"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54041"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17645"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16662"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21274"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20259"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18638"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8035"/>
+    <s v="Services"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45784"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44063"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40875"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341735"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328104"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23238"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304213"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C1023"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force with a Third Level Qualification Attained after completing 2 or more Years of Study"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13631"/>
+  </r>
+</pivotCacheRecords>
 </file>