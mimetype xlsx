--- v1 (2025-12-26)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7da65868bfb4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f5e77de452a4395a800997dd4324a11.psmdcp" Id="Rcdff6206b4d34853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a7cff0497d4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80b1d7208fd54e3d959415e149dae4ec.psmdcp" Id="R8f721eadcf8b4090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>