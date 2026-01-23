--- v0 (2025-10-03)
+++ v1 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331c78b8d1414121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bc6b0d2fb51448fa89db68aefe390d2.psmdcp" Id="Rdbb307d480464cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d41222622e4dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae23a67cf80d4ff6bfd8193b2bc1115f.psmdcp" Id="R8b4944b3fb434002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1019</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1019/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -520,403 +520,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1189,51 +966,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1019/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1420,51 +1197,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17910,51 +17687,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>15205</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17971,51 +17748,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1019"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -18497,27 +18274,6076 @@
         <x:n v="2661"/>
         <x:n v="4342"/>
         <x:n v="2728"/>
         <x:n v="1614"/>
         <x:n v="3310"/>
         <x:n v="2009"/>
         <x:n v="1301"/>
         <x:n v="11375"/>
         <x:n v="5513"/>
         <x:n v="5862"/>
         <x:n v="159327"/>
         <x:n v="64193"/>
         <x:n v="95134"/>
         <x:n v="141225"/>
         <x:n v="22919"/>
         <x:n v="118306"/>
         <x:n v="103101"/>
         <x:n v="38124"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1963850"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886483"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322345"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118931"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203414"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190022"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109099"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80923"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340246"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221462"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118784"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296000"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218489"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77511"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442181"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335326"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106855"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144780"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117106"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27674"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123595"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104133"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19462"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150786"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131926"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131246"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116160"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15086"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83598"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74461"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57742"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50846"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148788"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121449"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27339"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419004"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244462"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174542"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379418"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29822"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202218"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145181"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57037"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169253"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135753"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33500"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5344"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5250"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6458"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19755"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17336"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21957"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19478"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18675"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16636"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14851"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13116"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38254"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32482"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9662"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32965"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9428"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23537"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22495"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22495"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9428"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851219"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555040"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296179"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725995"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527755"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198240"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47458"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33065"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29579"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15241"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14338"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59295"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35184"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24111"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66578"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46900"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19678"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111697"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80179"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31518"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38413"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29605"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45161"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37144"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73395"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64361"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62855"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55720"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37317"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23714"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20883"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62340"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51355"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68193"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43451"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24742"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125224"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27285"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97939"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94393"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94393"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30831"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27285"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572151"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424482"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147669"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491365"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399097"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92268"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30874"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16296"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25133"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16918"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54461"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39468"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14993"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68795"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56781"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113195"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95231"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17964"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41614"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37262"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27982"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25689"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23847"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22311"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19866"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18759"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11723"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11133"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17215"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15205"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49261"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37018"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12243"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80786"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25385"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55401"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53456"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53456"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27330"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25385"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594256"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409345"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184911"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519584"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382038"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137546"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67246"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31526"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35720"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49645"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33734"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15911"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93675"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69767"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23908"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67772"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53625"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14147"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87904"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71389"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16515"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24819"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20616"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18597"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16320"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14620"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13038"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9868"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3986"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7605"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65343"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45632"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74672"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27307"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47365"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43199"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43199"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31473"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27307"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397465"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289031"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108434"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346062"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264872"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81190"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52294"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26071"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26223"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32024"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22261"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54579"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41844"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41869"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34832"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57868"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49888"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7980"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17953"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11074"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8735"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8596"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7712"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43328"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31611"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11717"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51403"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24159"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27244"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26606"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24159"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157500"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100037"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57463"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138709"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90872"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47837"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36821"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15343"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21478"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15657"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10070"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21914"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15805"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12566"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9939"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16246"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13315"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20328"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12895"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18791"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600590"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186382"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414208"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459365"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163463"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295902"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85148"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71155"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35525"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9533"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25992"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50978"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34561"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31737"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12334"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19403"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43033"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18025"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25008"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11806"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11375"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159327"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64193"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95134"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141225"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22919"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118306"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103101"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103101"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38124"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22919"/>
+  </r>
+  <r>
+    <s v="C1019"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15205"/>
+  </r>
+</pivotCacheRecords>
 </file>