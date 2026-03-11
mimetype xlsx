--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d41222622e4dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae23a67cf80d4ff6bfd8193b2bc1115f.psmdcp" Id="R8b4944b3fb434002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc250a3ece59c4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e957b8ce93b34803970b7ab9a0906e4b.psmdcp" Id="R2b647b9a8d9d4e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>