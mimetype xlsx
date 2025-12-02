--- v0 (2025-10-03)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48aa51fa45ce477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0717512aef64859b4673226737f563a.psmdcp" Id="R0dbac08bf65b4ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eac1fbce37349b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e4d7dc61dbb4de6bf9a30db172a4a2a.psmdcp" Id="R6db041a3520e4b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1018</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1018/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -535,435 +535,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02722V03289"/>
     <x:tableColumn id="4" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1236,51 +989,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1018/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1467,51 +1220,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="57.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26165,51 +25918,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>15495</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26226,51 +25979,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1018"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02722V03289">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="17"/>
         <x:s v="19"/>
@@ -26964,27 +26717,9100 @@
         <x:n v="17070"/>
         <x:n v="1224"/>
         <x:n v="39926"/>
         <x:n v="2327"/>
         <x:n v="20733"/>
         <x:n v="2578"/>
         <x:n v="18118"/>
         <x:n v="1829"/>
         <x:n v="9381"/>
         <x:n v="1294"/>
         <x:n v="3956"/>
         <x:n v="867"/>
         <x:n v="2654"/>
         <x:n v="980"/>
         <x:n v="1462"/>
         <x:n v="208"/>
         <x:n v="38383"/>
         <x:n v="15495"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299565"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159301"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136284"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49186"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255243"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99433"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493626"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156622"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250088"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112932"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214273"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84735"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88476"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49826"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100277"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48176"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72652"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74903"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14708"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184306"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420599"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1963850"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886483"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385254"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287981"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97273"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157136"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127101"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30035"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300994"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239397"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61597"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552541"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456027"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96514"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320154"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231933"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88221"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260427"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197984"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62443"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121122"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80389"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40733"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133586"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97188"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36398"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134826"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70978"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63848"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461887"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161418"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300469"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322345"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118931"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203414"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20442"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9895"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10547"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33501"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15313"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18188"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42028"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17256"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24772"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40349"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19575"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20774"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32050"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18235"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16435"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9272"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37344"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15691"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21653"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86029"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13529"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72500"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190022"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109099"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80923"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20023"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13164"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28241"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29744"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19250"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24450"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16778"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13976"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9163"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13621"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9662"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14554"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7784"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35807"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9298"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26509"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340246"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221462"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118784"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42747"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28969"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13778"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14123"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8489"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61060"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45342"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15718"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57699"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42354"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15345"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41460"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31639"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9821"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19376"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14131"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24864"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20722"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8579"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51384"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35262"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296000"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218489"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77511"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46372"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33805"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12567"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76175"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64472"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42759"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34269"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31699"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26484"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11080"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8825"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16893"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12412"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12240"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31865"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12199"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19666"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442181"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335326"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106855"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74205"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54025"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20180"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35207"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26520"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124649"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107627"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17022"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55768"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46267"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9501"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43719"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37833"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5886"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11586"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21562"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16867"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43094"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17791"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25303"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144780"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117106"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27674"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23643"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18343"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4383"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13588"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46857"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42806"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14890"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12454"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11578"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123595"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104133"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19462"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21823"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18212"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22764"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18719"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32444"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30259"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8567"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150786"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131926"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28742"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24970"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19237"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16973"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43767"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38740"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25521"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6844"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4462"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131246"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116160"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15086"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25299"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22380"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19134"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36929"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32880"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22192"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21242"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5902"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83598"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74461"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18417"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16450"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21978"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19743"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13362"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57742"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50846"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14695"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12995"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13961"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8840"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148788"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121449"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27339"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21298"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17431"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37848"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32203"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39145"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32265"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6880"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20269"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18233"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5813"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11369"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5489"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419004"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244462"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174542"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36581"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25503"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11078"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11926"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26636"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18921"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58082"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44810"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40955"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28117"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12838"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32562"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23587"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8975"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17716"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11433"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16587"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8930"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160302"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63785"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96517"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379418"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73612"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62028"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28334"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19151"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53682"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37836"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97707"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37599"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60108"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42866"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24711"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38581"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22292"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17180"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9093"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11778"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143018"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22888"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120130"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59966"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59966"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18193"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18193"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57781"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57781"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20463"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20463"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104635"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104635"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29822"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17070"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39926"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37599"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20733"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18118"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3956"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38383"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22888"/>
+  </r>
+  <r>
+    <s v="C1018"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15495"/>
+  </r>
+</pivotCacheRecords>
 </file>