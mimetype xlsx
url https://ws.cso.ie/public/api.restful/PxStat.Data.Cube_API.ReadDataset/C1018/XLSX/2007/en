--- v1 (2025-12-02)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eac1fbce37349b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e4d7dc61dbb4de6bf9a30db172a4a2a.psmdcp" Id="R6db041a3520e4b65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154e968d13e345d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a7e49bc69084643b215c2ea51c4a01b.psmdcp" Id="Re9faa3d346eb4d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>