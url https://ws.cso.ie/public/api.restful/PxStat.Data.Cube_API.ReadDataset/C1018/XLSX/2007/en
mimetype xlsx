--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154e968d13e345d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a7e49bc69084643b215c2ea51c4a01b.psmdcp" Id="Re9faa3d346eb4d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71baedc6c92b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1891255d8dc499088853e5b648d999c.psmdcp" Id="R853ed5ad0c0f4cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>